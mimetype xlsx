--- v0 (2025-12-19)
+++ v1 (2026-03-27)
@@ -10,4959 +10,5028 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3552" uniqueCount="1634">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3600" uniqueCount="1657">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Wilson Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/001_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/001_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica substituição da contenção de veículos da Rua Durandé (manilhas)</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/001_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/001_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica construção de Calçada na Avenida Virgílio rodrigues - Bairro Nossa Senhora Aparecida</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Remisson Hott</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/003_-_remisson_hott.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/003_-_remisson_hott.pdf</t>
   </si>
   <si>
     <t>Indica providências para a Rua Santa Isabel - Bairro Magueiras</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/004_-_remisson_hott.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/004_-_remisson_hott.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de instrumentos musicais para atendimento da Banda de musica Irmã Cecília.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Dedé Motoboy</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/005_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/005_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de um novo plano de cargos e salários para os servidores públicos do município de Manhumirim</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/006_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/006_-_dede.pdf</t>
   </si>
   <si>
     <t>indica manutenção das estradas rurais de nosso município</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Bill da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/007_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/007_bill.pdf</t>
   </si>
   <si>
     <t>Indica finalização de calçamento na Rua São José e campanha sobre o lixo</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/008_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/008_bill.pdf</t>
   </si>
   <si>
     <t>Indica limpeza na Rua Nicolau Bracks em frente ao nº 22</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/009_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/009_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiário com banheiros e instalações de bebedouros anexo ao Estádio João Miguel de Oliveira.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>indica ampliação da rede de abastecimento de água em local que menciona.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/11_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/11_vovo.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do calçadão.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Priscila Knup</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2679/indicacao_no_012_-_priscila.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2679/indicacao_no_012_-_priscila.docx</t>
   </si>
   <si>
     <t>Indica melhorias para o cemitério.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/13_bil_da_farmacia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/13_bil_da_farmacia.pdf</t>
   </si>
   <si>
     <t>indica reforma de quadra de futebol do bairro Santa Rita.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/14_bil_farmacia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/14_bil_farmacia.pdf</t>
   </si>
   <si>
     <t>indica melhorias na iluminação da Rua Novo Horizonte com a Rua Santos Dumont, bairro Santa Rita e Divinéia.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/15_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/15_dede.pdf</t>
   </si>
   <si>
     <t>Indica instalação de corrimão de pontes em local que menciona.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/16_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/16_dede.pdf</t>
   </si>
   <si>
     <t>indica pavimentação do piso, construção de cobertura e construção de muro no entorno do pátio de veículos da prefeitura municipal.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/17_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/17_remisson.pdf</t>
   </si>
   <si>
     <t>indica melhorias na Rua Adair Silva Pinheiro no Bairro Mangueiras.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/18_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/18_remisson.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio e praça na Rua Irmã Eulina no Bairro Mangueiras.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/19_joao_barbeiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/19_joao_barbeiro.pdf</t>
   </si>
   <si>
     <t>Indica coleta de lixo na zona rural.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/20_joao_barbeiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/20_joao_barbeiro.pdf</t>
   </si>
   <si>
     <t>indica limpeza do mato e instalação de corrimão na pista de caminhada Aureo Albuquerque.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Matheus Fully</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/21_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/21_matheus.pdf</t>
   </si>
   <si>
     <t>indica retorno do transporte público circular de passageiros no município de Manhumirim.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/22_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/22_-_xandinho.pdf</t>
   </si>
   <si>
     <t>indica construção de pista de caminhada na rodovia Antônio Rust ( contorno de Manhumirim)</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/26_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/26_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento no Poço fundo próximo ao Bar Jabalú</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/25_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/25_-_remisson.pdf</t>
   </si>
   <si>
     <t>indica padronização de calçadas e instalação de corrimão em frente as escolas municipais de nossa cidade</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/28_-_helinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/28_-_helinho.pdf</t>
   </si>
   <si>
     <t>Indica sessão de uso de bem publico para AMAR e AA</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/29_-_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/29_-_helio.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro com balaústre na Rua Benedito Justino, Bairro Nossa Senhora de Lourdes</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/30_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/30_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da praça da bíblia</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/31_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/31_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de área de convivência coberta na praça Padre Júlio Maria</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/25_-_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/25_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica calçamento ligando asfalto do contorno rodoviário até a rua Aurora Bitencourt de Oliveira</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/23_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/23_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica redução da área da rotatória do trevo de Manhumirim e a instalação de redutor de velocidade</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/24_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/24_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica melhorias nas ruas ao redor da igreja católica do Bairro São Vicente</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/32_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/32_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Rua Suely Damasceno, Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/33_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/33_-_dede.pdf</t>
   </si>
   <si>
     <t>indica conclusão do calçamento da Rua Ilvarina Gonçalves da Silva</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Benísio Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/34_-_benisio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/34_-_benisio.pdf</t>
   </si>
   <si>
     <t>Indica instalação de placa de embarque e desembarque de alunos em frente a Escola Municipal Narciso Rabelo</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/35_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/35_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica manutenção da quadra da Escola Padre Geral Silva</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/36_-_joao_wilson_e_helio_marcos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/36_-_joao_wilson_e_helio_marcos.pdf</t>
   </si>
   <si>
     <t>Indica estudo para construção de rede pluvial na Avenida Virgílio Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/37_-_bil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/37_-_bil.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da mina do Leão</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/38_-_bil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/38_-_bil.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro no bairro São Vicente</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/39_-_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/39_-_helio.pdf</t>
   </si>
   <si>
     <t>Indica criação de um ponto de apoio para extensão do CRAS no Bairro Mangueiras</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/40_-_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/40_-_helio.pdf</t>
   </si>
   <si>
     <t>Indica fomento ao café produzido de Manhumirim através de instalação de Outdoors</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/41_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/41_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica cobertura e iluminação para a raia de malha Lino</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/42_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/42_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparos na escadaria que liga a rua 7 de setembro a Rua Maria Olinda</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/43_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/43_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica cessão de espaço público para APAAM ( Associação de pais e amigos dos autista de Manhumirim)</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/45_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/45_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indicação melhorias para a mina d'água do bairro Santo Rita.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/46_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/46_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica melhorias de rede pluvial MG 111 no bairro Roque Rua Domingos Destro.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/47_-_dr._rodrigo_e_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/47_-_dr._rodrigo_e_helio.pdf</t>
   </si>
   <si>
     <t>Indica pavimentação das margens da Rodovia MG-111, partindo do acesso ao Bairro Nossa Senhora da Penha até a entrada da Avenida Moacir de Castro Souza.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/48_-_dr._rdorigo_e_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/48_-_dr._rdorigo_e_helio.pdf</t>
   </si>
   <si>
     <t>Indica ampliação do passeio na Avenida Narciso Rabelo.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/51_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/51_bill.pdf</t>
   </si>
   <si>
     <t>Indica limpeza nas margens dos rios que cortam a cidade de Manhumirim.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/52_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/52_bill.pdf</t>
   </si>
   <si>
     <t>Indica limpeza dos bueiros da cidade – muitos bueiros entupidos.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/53_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/53_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica calçamento da Avenida Moacir de Castro Souza - Bairro Morada Nova</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/54_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/54_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiários em todas as quadras de esportes de nosso município</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/55_-_dr._rodrigo_e_helio_marcos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/55_-_dr._rodrigo_e_helio_marcos.pdf</t>
   </si>
   <si>
     <t>Indica restauração e funcionamento de pontos de apoio aos PSFs no Bairro Mangueiras e Bairro Campestre</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/56_-_anderson_vidal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/56_-_anderson_vidal.pdf</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Rua São José, Bairro Santa Rita, local conhecido como virador.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/57_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/57_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica limpeza dos canteiros e margens e paisagismo nas estrada principais de nossa cidade.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/58_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/58_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica contratação de monitores para os veículos escolares de transporte de alunos no município</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/59_-vovo_da_otica.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/59_-vovo_da_otica.pdf</t>
   </si>
   <si>
     <t>: Indica obras para construção dos portais nas estradas que dão acesso à cidade de Manhumirim (MG-108 chegada por Martins Soares; MG-111 chegada por Reduto e MG-111 chegada por Alto Jequitibá).</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/60_-_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/60_-_priscila.pdf</t>
   </si>
   <si>
     <t>Indica instalação de poste de iluminação no Bairro São Vicente (beco do zé marimbondo)</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/61_-_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/61_-_priscila.pdf</t>
   </si>
   <si>
     <t>Indica retirada da estrutura de ponte no córrego caatinga</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/62_-_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/62_-_priscila.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento em local que menciona (3 encruzilhadas sentido AMAR)</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/63_-_dr._rodrigo_soares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/63_-_dr._rodrigo_soares.pdf</t>
   </si>
   <si>
     <t>Indica calçamento no Córrego Palmeiras, sentido loteamento</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/64_-_dr._rodrigo_soares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/64_-_dr._rodrigo_soares.pdf</t>
   </si>
   <si>
     <t>Indica estudo para viabilidade de cumprimento da Lei federal nº 15.041/2024</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/65_ind_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/65_ind_bill.pdf</t>
   </si>
   <si>
     <t>Indica retomada de obras de infraestrutura na Rua Conceição Rodrigues – bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/66_bil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/66_bil.pdf</t>
   </si>
   <si>
     <t>Indica providências para veículos abandonados em via pública.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/67_-_xandinho_e_bil_da_farmacia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/67_-_xandinho_e_bil_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica instalação de postes de iluminação na Rua Nadir de Oliveira Dias e Manutenção da escadaria da Rua Major Lopes no Bairro São Vicente</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/68_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/68_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Indica construção de rede pluvial com manilhamento na Rua Projetada (Rua da Mina), no Bairro Nossa Senhora de Lourdes</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/69_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/69_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção calçamento no Córrego Vista Alegre Zona Rural de Manhumrim.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/70_-_remissom.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/70_-_remissom.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada de pedestres para a Rua Roque Porcaro no Bairro do Roque.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/71_-_remissom.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/71_-_remissom.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento no Córrego do Lessa, partindo da Avenida Darly de Oliveira, sentindo restaurante da Odete</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/72_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/72_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indicação manutenção e revitalização da passarela do Bairro Santa Rita</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/73_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/73_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica realização de análise da qualidade da água das minas de nossa cidade</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/74_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/74_matheus.pdf</t>
   </si>
   <si>
     <t>Indica calçamento no córrego do Lessa às margens da rodovia MG-111.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/75_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/75_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do terminal Rodoviário Júlio Batista Franco</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/76_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/76_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento no Córrego Quartel (partindo da igreja católica até a entrada da fazenda do Sr. Ronaldo e Ailton Arbuini</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/77_helinho_indicacao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/77_helinho_indicacao.pdf</t>
   </si>
   <si>
     <t>Indica criação de rua de lazer em Manhumirim.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/78_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/78_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica poda de arvores da Praça dom Antônio Felipe da Cunha</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/79_-_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/79_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica limpeza da escadaria do Bairro Nossa Senhora da Penha</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/80_-_dr._rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/80_-_dr._rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica fornecimento de merenda escolar durante o período das férias escolares</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/81_indicacao_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/81_indicacao_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica alteração de escrita no paredão na Rua Alfredo Lima com a Rua Madre Beatriz._x000D_
 autoria: Ver. Xandinho e Ver. Bill da Farmárcia.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/82_ind_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/82_ind_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica continuidade do programa de prevenção de saúde bucal em todas as escolas do Ensino Fundamental I em nosso Município._x000D_
 AUTORIA: Vereador Alexandre de Jesus Nascimento e Vereador Bill da Farmácia.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/83_ind_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/83_ind_remisson.pdf</t>
   </si>
   <si>
     <t>Indica melhorias para a escadaria que liga a Rua Ferreira Ventura com a Rua Joaquim Martins.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/84_ind_bil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/84_ind_bil.pdf</t>
   </si>
   <si>
     <t>Indica melhorias para o calçamento no bairro do Roque, em especial a Rua Luiz Quintino e Rua Professor Esser.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/85_ind_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/85_ind_bill.pdf</t>
   </si>
   <si>
     <t>Indica providências no Bairro Santa Rita na Av. João Vaz que interliga à Rua Sebastiana Martins Guimarães.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/86_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/86_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica estudo para realização de calçamento no local Conhecido como Morro da Onça, sentido parque do Sagui</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2802/87_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2802/87_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indica melhorias para a Rua das Acácias, no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/88_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/88_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indica restauração da Academia da Saúde: Rita de Cássia Neves a Academia da Saúde construída na Praça Dom Felipe Antônio da Cunha (Bairro do Roque).</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/89_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/89_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reforma e revitalização nos banheiros do prédio sede e do pátio/almoxarifado, da Prefeitura Municipal de Manhumirim.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/90_-_helio_marcos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/90_-_helio_marcos.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio (calçada) na Rua Jorge José Duaier.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/91_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/91_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica providências para execução de calçamento na Rua Ilvarina Gonçalves da Silva, Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/92_ind_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/92_ind_bill.pdf</t>
   </si>
   <si>
     <t>Indica limpeza na rampa da Rua Nicolau Bracks que interliga ao asfalto e também a limpeza do trilho que dá acesso à Rua São José.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/93_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/93_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica instalação poste de iluminação e construção de calçamento (local conhecido como barra do Lessa).</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/94_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/94_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada de pedestres na Avenida Raul Soares</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/95_-_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/95_-_helio.pdf</t>
   </si>
   <si>
     <t>Indica instalação de iluminação pública na Avenida Elídio Sanglard no Córrego Pirapetinga.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Indica término do calçamento da Avenida Elídio Sanglard no Córrego Pirapetinga.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2816/97_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2816/97_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica reabertura da Rua paralela à Rua Quincas Barbeiro</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2817/98_-_remissom.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2817/98_-_remissom.pdf</t>
   </si>
   <si>
     <t>Indica instalação de piso tátil em todas as escolas de nosso Município.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2819/99_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2819/99_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça de convivência e laser com aparelhos da academia popular, anexo a quadra do Bairro Nossa Senhora da Penha</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2820/100_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2820/100_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção de Creche no Bairro Santa Rita</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/101_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/101_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica construção de Praça de Esportes com área de laser no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/102_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/102_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica transporte de alunos no Bairro Vila Mariselma.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/103_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/103_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica revitalização, limpeza da escadaria que interliga a Rua Caetano Flora com a Rua Nunes da Rosa.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/104_indicao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/104_indicao_bill.pdf</t>
   </si>
   <si>
     <t>Indica melhorias no calçamento e bueiro na Rua Frei Paulo – Bairro São Vicente.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/105_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/105_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de uniformes para todas as secretárias da Prefeitura Municipal de Manhumirim e fornecimento de EPIs.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/106_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/106_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica melhoria na sinalização da rotatória de acesso a Rua Nova esperança (Rua do INSS).</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/107_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/107_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica melhoria na sinalização da rotatória de Avenida Virgílio Rodrigues de Oliveira (frente a comunidade N. Srª. Aparecida).</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/108_-_remisson_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/108_-_remisson_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de ponte de madeira no Córrego dos Gracianos</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/109_-_remisson_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/109_-_remisson_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica manutenção no calçamento da Rua Santa Luzia no Bairro Mangueiras</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/110_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/110_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção do calçamento da Rua Dr. Renato Albuquerque, que liga a MG-111 sentido APAC.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/111_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/111_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica construção de área de convivência e lazer no terreno da municipalidade anexo ao estádio Municipal João Miguel de Oliveira.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/112_-_helio_e_dr._rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/112_-_helio_e_dr._rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica estudo para elaboração de Projeto de polícia mirim em nosso município.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/113_-_remisson_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/113_-_remisson_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e melhorias na rampa de acesso da Rua Joaquin Emerick no Bairro Pedregal</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/114_-_remisson_hott.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/114_-_remisson_hott.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de maquinas equipamentos pesados para atendimento para atendimento da Secretaria de Obras.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_vovo_115.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_vovo_115.pdf</t>
   </si>
   <si>
     <t>Indica resolução urgente da captação pluvial no Hospital Padre Júlio Maria</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_116_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_116_vovo.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e reforma na quadra do bairro Nossa Senhora de Lourdes</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/118_-helio_e_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/118_-helio_e_rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica manutenção em ponte no córrego Bonfim.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/117-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/117-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça no Bairro Campestre</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/119_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/119_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica fornecimento de alimentação para pacientes em transporte</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Indica colocação de lixeira na comunidade do córrego Bom Sucesso.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Indica limpeza e pintura da escadaria que liga a Rua 7 de Setembro à Rua Maria Olinda.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/122_-_remisson_hott.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/122_-_remisson_hott.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da Praça Benedito Valadares no Bairro Do Roque.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/123_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/123_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica melhorias no passeio da Avenida Teófilo Tostes (em frente ao comercio do Paulinho do Dolfo).</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_124_-_joao_wilson_e_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_124_-_joao_wilson_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiário anexo a quadra da Mangueiras</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/125_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/125_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica estudo para pagamento de insalubridade para os agentes comunitários de saúde de Manhumirim - ACS</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/126_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/126_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica realização de eventos Gospel no município de Manhumirim.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/127_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/127_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparo no calçamento final da Rua 7 de Setembro, próximo a passarela sentido Bairro Santa Rita.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/128_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/128_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça Paulo Raeli no loteamento Palmeira através de parceria público privada</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/129_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/129_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer construção de canil municipal para abrigo dos animais de rua.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/130_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/130_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica a conclusão de calçamento da Rua Iris no Bairro Morada Nova</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/131_-_remisson_hott.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/131_-_remisson_hott.pdf</t>
   </si>
   <si>
     <t>Indica melhorias no calçamento e rede pluvial da Rua Frei Paulo no Bairros São Vicente</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/132_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/132_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica restauração da faixa elevada para pedestres da Avenida JK - Frente a escola Carolina Julia Pereira e instalação de placa educativa de sinalização no local.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/133_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/133_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade para a Inclusão das letras I, J e K, na tabela de progressão da carreira dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/134_-_helinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/134_-_helinho.pdf</t>
   </si>
   <si>
     <t>Indica reforma e manutenção do Ginásio Poliesportivo e da Praça de Esportes José Nolasco</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/135_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/135_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica instalação de braços com luminárias nos postes da Rua Felício R. Ponte no Bairro Divinéia sentido Armazém Ofi Coffee Brazil (Olam Agricola).</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/136_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/136_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica pagamento de adicional aos profissionais Auxiliares de Serviço de Educação Básica com base na Lei Estadual n 15.293/2004.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/137_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/137_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica reparos nas calçadas da cidade de Manhumirim.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/138_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/138_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica redutor de velocidade com faixa de pedestre na Rua Felício Rossi Ponce.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/139_-_joao_wilson_e_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/139_-_joao_wilson_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica programa de esterilização (castração) de cães e gatos de nosso município.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/140_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/140_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparos o passeio da Avenida Narciso Rabelo</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/141-_remissom.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/141-_remissom.pdf</t>
   </si>
   <si>
     <t>Indica instalação de faixa elevada de pedestres na Avenida Padre Júlio Maria</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/142_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/142_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica Instalação de alambrados de proteção no cruzamento da Avenida Agenor Carlos Werner.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/143_indicacao_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/143_indicacao_vovo.pdf</t>
   </si>
   <si>
     <t>Indica instalação de lixeiras na Rua José Costa.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/144_ind_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/144_ind_joao.pdf</t>
   </si>
   <si>
     <t>Indica regulamentação do uso de bicicletas elétricas e ciclomotores.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/145_indicacao_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/145_indicacao_joao.pdf</t>
   </si>
   <si>
     <t>Indica aumento do número de profissionais na área da saúde.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/146_indicacao_mateus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/146_indicacao_mateus.pdf</t>
   </si>
   <si>
     <t>Indica construção de posto de saúde no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/147_indicacao_mateus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/147_indicacao_mateus.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na via rural do córrego Pirapetinga.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/148_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/148_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica infraestrutura física com paisagismo na Rua Nicolau Brascks.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/149_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/149_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica galeria para captação pluvial para a Rua Dr. Orbino Werner, Rua Orfano Gonzaga e Rua Sueli Damasceno.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/150_-_rodrigo_e_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/150_-_rodrigo_e_helio.pdf</t>
   </si>
   <si>
     <t>Indica construção de UBS para atendimento dos Bairros Vila Rica e Bairro Campestre</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/151_-_rodrigo_e_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/151_-_rodrigo_e_helio.pdf</t>
   </si>
   <si>
     <t>Indica construção de UBS do Córrego do Ouro</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/152_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/152_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiários anexo a Quadra do Córrego dos Gracianos (quadra Jair Valério)</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/153_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/153_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica padronização e adequação do passeio da Avenida JK e Theófilo Tostes</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/154_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/154_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica pintura e revitalização das faixas de pedestres do trevo de Manhumirim</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/155_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/155_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada de pedestres na Rua 7 de setembro em frente a mina boca do Leão</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/156_-_joao_e_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/156_-_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica desconto no IPTU para portadores com Diagnostico TEA transtorno do Espectro Autista</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/157_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/157_priscila.pdf</t>
   </si>
   <si>
     <t>Indica revitalização  do Mirante Dr. Genésio Bernardino</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/158_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/158_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica seja criado método para divulgação e publicação em local de amplo acesso a ordem de espera de pacientes do SUS.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/159_-_priscila_e_bil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/159_-_priscila_e_bil.pdf</t>
   </si>
   <si>
     <t>Indica estudo para implantação do Bolsa Atleta</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/160_-_priscila_e_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/160_-_priscila_e_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica extensão do calçamento da rua Otávio Antônio Lemos</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Vagner Andrade</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/161_-_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/161_-_vagner.pdf</t>
   </si>
   <si>
     <t>Indica  construção de ponto de apoio no Bairro Santa Rita</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/162_-_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/162_-_vagner.pdf</t>
   </si>
   <si>
     <t>Indica construção de ponte no Bairro Santa Rita</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/163_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/163_-_remisson.pdf</t>
   </si>
   <si>
     <t>indica calçamento no córrego Pirapetinga ( próximo ao bar do Dé)</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/164_-_joao_wilson_e_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/164_-_joao_wilson_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica adequação das placas de sinalização de trânsito e estacionamento privativo em toda área urbana do município de Manhumirim.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/165_ind_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/165_ind_bill.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na estrutura da base municipal de urgência e emergência.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/166_-_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/166_-_vagner.pdf</t>
   </si>
   <si>
     <t>Indica implantação, no âmbito do Município de Manhumirim, o Banco Municipal de Currículos, com a finalidade de reunir, organizar e disponibilizar informações profissionais de cidadãos residentes no município, visando à intermediação entre trabalhadores e empregadores.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/167_indicacao_joao_e_mateus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/167_indicacao_joao_e_mateus.pdf</t>
   </si>
   <si>
     <t>Indica construção de pista de motocross no Município. AUTORIA: Vereador João Wilson Barbeiro e Matheus Fully.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/168_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/168_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica obras de melhorias na mina do DER.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/169_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/169_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica Instalação de Placas de Identificação em todas as Escolas Municipais.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/170_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/170_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica a realização de processo seletivo para contratação de professores.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/171_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/171_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica realização de limpeza das margens e dragagem do afluente da barra do Córrego do ouro.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/174_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/174_-_remisson.pdf</t>
   </si>
   <si>
     <t>Indica padronização do passeio (calçadas) com rampa de acessibilidade em local que menciona.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/175_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/175_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica instalação de luminária em poste da Rua Suely Damasceno.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/176_-_helio_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/176_-_helio_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica extensão de Calçamento na Rua Arlindo Damião Rodrigues no Bairro N. Senhora Aparecida.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/177_-_remissom.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/177_-_remissom.pdf</t>
   </si>
   <si>
     <t>Indicação padronização e adequação do passeio e faixa de pedestres de nossa cidade.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/178_indicacao_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/178_indicacao_vovo.pdf</t>
   </si>
   <si>
     <t>Indica padronização e adequação do passeio e faixa de pedestres de nossa cidade.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/179_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/179_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indicação colocação de piso tátil na Praça Padre Júlio Maria e no Calçadão.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_180_-_dr._rodrigo_helio.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_180_-_dr._rodrigo_helio.docx</t>
   </si>
   <si>
     <t>Indica show gospel em Manhumirim. Ver. Dr. Rodrigo Soares, Ver. Remisson, Ver. Priscila e Ver.Hélio.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/181_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/181_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica instalação de corrimão/barra de proteção na pista de caminhada Aureo Albuquerque.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/182_-_helio_priscila_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/182_-_helio_priscila_rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica instalação de corrimão de proteção e iluminação pública na Rua 06 de março.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/183_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/183_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indica dedetização nas escolas municipais.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/184_indicacoes_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/184_indicacoes_remisson.pdf</t>
   </si>
   <si>
     <t>Indica obras de infraestrutura na escola Alair José Dias.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/185_-_dr._rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/185_-_dr._rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica construção de Praça com Banheiros, ao lado da quadra e Ponto de Apoio do Bairro Mangueiras.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/186_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/186_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção no calçamento e nas tampas das caixas de passagem na Avenida Elidio Sanglard, Bairro Santa Teresinha.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/187_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/187_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica obras de redução da circunferência da rotatória do trevo da Auto Mais</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/188_-_xandinho_e_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/188_-_xandinho_e_rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada de pedestres na Rua Germano Duarte e Jorge José Duayer, com a instalação de placas de identificação.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/189_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/189_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica construção de cobertura na quadra do Córrego Poço Fundo</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/190_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/190_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Indica iluminação da Rua Manoel Mendes de Souza, Bairro Nossa Senhora Aparecida</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/191_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/191_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio (calçada) da Avenida Jacinto Antônio Silva no trecho compreendido entre a Avenida Campestre e Rua Mangabeiras</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/192_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/192_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica manutenção na iluminação do poliesportivo amigos do esporte no Bairro Isidoro</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao193.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao193.pdf</t>
   </si>
   <si>
     <t>Indica inserção de rampa de acessibilidade no projeto de redução da rotatória de acesso à Manhumirim (Praça dos Trabalhadores)</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao192.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao192.pdf</t>
   </si>
   <si>
     <t>Indica reforma da calçada da Escola Municipal Padre Geraldo Silva</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/195_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/195_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica festa em comemoração ao Dia da Consciência Negra para o ano 2025.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/196_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/196_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica redutor de velocidade na Av. Darly de Oliveira, sentido Vila Mariselma (Córrego do Lessa).</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/197_-_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/197_-_helio.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio (calçada) e instalação de grade de proteção na Rua Roque Porcaro Junior</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/198_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/198_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio (calçada) na Rua Frei Francisco no Bairro Mangueiras.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/199_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/199_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica instalação de centro de referência de diagnóstico e tratamento de pessoas com TEA – Transtorno do espectro Autista.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/200_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/200_joao.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio (calçada) na Rua Otávio Antônio Lemos no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/201_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/201_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça na Vivenda, bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/202_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/202_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de area de laser n Bairro São Vicente</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/203_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/203_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica estudo para solução de trafego de pedestres próximo ao trevo dos trabalhadores (subida do contorno).</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/204_indicacao_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/204_indicacao_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio (calçada) na margem da rodovia MG-108 em frente a Escola M. Alair José Dias.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/205_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/205_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica melhorias no calçamento da Rua Durandé.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/206_indicacao_bill_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/206_indicacao_bill_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica revitalização nas faixas de pedestre na Avenida J. K. que estão apagadas. - AUTORIA: Vereador Bill da Farmácia e Vereador Dedé Motoboy.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/207_-_helio_-_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/207_-_helio_-_priscila.pdf</t>
   </si>
   <si>
     <t>Indica contratação de engenheiro de tráfego para atendimento do município de Manhumirim.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/208_-_helinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/208_-_helinho.pdf</t>
   </si>
   <si>
     <t>Indica trabalho de conscientização antidrogas nas escolas municipais.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/209_priscila_e_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/209_priscila_e_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica alargamento das estradas do córrego caatinga.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/210_indicacao_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/210_indicacao_priscila.pdf</t>
   </si>
   <si>
     <t>Indica pavimentação de calçada na Av. Agenor Carlos Werner.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/211_-_remisson_hott.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/211_-_remisson_hott.pdf</t>
   </si>
   <si>
     <t>Indica reforma da Escola Padre Geraldo Silva</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/212_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/212_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada de pedestre em local que menciona.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/213_-_joao_wilson_-_barbeiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/213_-_joao_wilson_-_barbeiro.pdf</t>
   </si>
   <si>
     <t>Indica instalação de redes ecológica nos rios de nossa Cidade.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/214_-_dr._rodrigo_e_helio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/214_-_dr._rodrigo_e_helio.pdf</t>
   </si>
   <si>
     <t>Indica revitalização a escadaria da Rua Eulália de Freitas no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/215_-_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/215_-_bill.pdf</t>
   </si>
   <si>
     <t>Indica radar eletrônico para o contorno de Manhumirim.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/216_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/216_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica instalação de semáforo em Manhumirim. (sinal)</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/216_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/216_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica valorização dos profissionais Assistentes Socais do Município.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/218_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/218_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica melhorias no calçamento da Rua Carolina Pereira acesso para a Avenida João Vaz – no Bairro Santa Rita.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/219_indicacao_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/219_indicacao_bill.pdf</t>
   </si>
   <si>
     <t>Indica sinalização e redutor de velocidade com faixa elevada na Av. Capuchinha no Bairro Morada Nova.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/220_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/220_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica fiscalização em casas, obras e lotes abandonados pelo departamento de endemias.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/221_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/221_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica limpeza das margens do afluente Barra do Ouro, nas proximidades da AABB.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/222_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/222_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Indica viabilidade financeira para instalação de câmeras de monitoramento em toda perímetro urbano do município de Manhumirim.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/223_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/223_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Indica pavimentação asfáltica, partindo da Rua Alfredo lima, ligando ao asfaltamento saída para Alto Jequitibá.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/224_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/224_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indica Reforma da Escola Carolina Júlia Pereira.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/225_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/225_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>Indica reorganização de trânsito na Rua Domingos Destro – bairro Roque.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/226_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/226_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Indica que o município aumente o valor total anual destinado a aquisição de insumos e medicamentos para a farmácia de Minas.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/227_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/227_-_matheus.pdf</t>
   </si>
   <si>
     <t>Indica reforma da caixa D`água do Bairro Mangueiras próximo a torre.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/228_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/228_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica cascalhamento de todas as estradas das zonas rurais de nosso município.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/229-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/229-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e troca de todas as lâmpadas queimadas de nossa cidade..</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/231_indicacao_priscil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/231_indicacao_priscil.pdf</t>
   </si>
   <si>
     <t>Indica inspeção na ponte do Córrego Caatinga e verificação técnica em todas as existentes no Município.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/232_indicacao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/232_indicacao.pdf</t>
   </si>
   <si>
     <t>Indica limpeza das caixas de contenção na zona rural.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Congratula a Senhora Maria Ireni Zorzam da Silva.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/mocao_03_-_congratula_wania_garcia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/mocao_03_-_congratula_wania_garcia.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª Wânia Garcia Monteiro</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/mocao_04_emanuely.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/mocao_04_emanuely.pdf</t>
   </si>
   <si>
     <t>Congratula a jovem Emanuelly Monteiro Ferreira - por seu desempenho esportivo no tênis de mesa.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>Alexandre de Jesus Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/mocao_05_-_congratula_sorveteria_gellin.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/mocao_05_-_congratula_sorveteria_gellin.pdf</t>
   </si>
   <si>
     <t>Congratula as empresárias Sandra e Gerusa, proprietárias da Sorveteria Gellin</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/mocao_09_-_congratula_boca_junior.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/mocao_09_-_congratula_boca_junior.pdf</t>
   </si>
   <si>
     <t>Congratula o Projeto Equipe Boca Junior de Manhumirim</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/mocao_08_-_congratula_laila_e_franciela.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/mocao_08_-_congratula_laila_e_franciela.pdf</t>
   </si>
   <si>
     <t>Congratula as atletas Laila Stephanie de Andrade Silva Estanislau e Franciela Rosa Emerick</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mocao_07_-_congratula_admar_damasceno_breder.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mocao_07_-_congratula_admar_damasceno_breder.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Adimar Damasceno Breder - Tuti</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/mocao_06_-_congratula_diego_pitz_guimaraes.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/mocao_06_-_congratula_diego_pitz_guimaraes.pdf</t>
   </si>
   <si>
     <t>Congratula ao jovem Diego Pitzr Guimarães Souza</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/mocao_10_-_congratula_irma_eva_maria_ribeiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/mocao_10_-_congratula_irma_eva_maria_ribeiro.pdf</t>
   </si>
   <si>
     <t>Congratula Irmã Eva Maria Ribeiro e irmãs Sacramentinas.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/mocao1109944620250528164908.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/mocao1109944620250528164908.pdf</t>
   </si>
   <si>
     <t>Congratula a Escrivã de Polícia Elenice de Souza Tuelher Andrade</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/mocao_12_-_congratula_nilton_santana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/mocao_12_-_congratula_nilton_santana.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Nilton Santana</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/mocao_13_congratula_paulo_c_barbosa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/mocao_13_congratula_paulo_c_barbosa.pdf</t>
   </si>
   <si>
     <t>Congratula o enfermeiro Paulo Cesar Barbosa.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/mocao_14_-_prof._helena.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/mocao_14_-_prof._helena.pdf</t>
   </si>
   <si>
     <t>Congratula a Professora Helena Maria Hott Sanglard Portela.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_15_-_congratula_o_pr._eliano.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_15_-_congratula_o_pr._eliano.pdf</t>
   </si>
   <si>
     <t>Congratula o Pr. Eliano</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>Matheus Fully, Priscila Knup</t>
   </si>
   <si>
     <t>Congratula o 9º Ano da Escola Professor José Venâncio</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/mocao_17_-_congratula_tayse.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/mocao_17_-_congratula_tayse.docx</t>
   </si>
   <si>
     <t>congratula a senhora Tayse Costa Silva.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/mocao_18_-_congratula_olair_tavares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/mocao_18_-_congratula_olair_tavares.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Olair Tavares</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/mocao_20_-_congratula_sra_rita_de_cassia_sanglard.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/mocao_20_-_congratula_sra_rita_de_cassia_sanglard.pdf</t>
   </si>
   <si>
     <t>Congratula a Sra. Rita de Cássia Sanglard.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/mocao_21_-_congratula_cleberson_horsth_-_roupa_nova.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/mocao_21_-_congratula_cleberson_horsth_-_roupa_nova.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Cleberson Horsth Vieira de Gouvea</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/mocao_22_-_congratula_hibain.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/mocao_22_-_congratula_hibain.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Hibraim Vieira da silva</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/mocao_17_-_congratula_tayse.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/mocao_17_-_congratula_tayse.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª Tayse Costa Silva</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/mocao_24_-_congratula_juca_carroceiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/mocao_24_-_congratula_juca_carroceiro.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. José Lauriano Diniz</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/mocao_25_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/mocao_25_matheus.pdf</t>
   </si>
   <si>
     <t>Congratula o Senhor Flávio Augusto Pires da Mota.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/mocao_26_-_congratula_carla_rafaela_dias_fortunato.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/mocao_26_-_congratula_carla_rafaela_dias_fortunato.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª. Carla Rafaela Dias Fortunato</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/mocao_27_-_congratula_dr._joao_paulo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/mocao_27_-_congratula_dr._joao_paulo.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. João Paulo Raposo Ferreira Jaeger Gama</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/mocao_28_-_congratula_kadde_cabeleireiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/mocao_28_-_congratula_kadde_cabeleireiro.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Claudemir Huebra - Kaddé Cabeleireiro.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/mocao_29_-_congratula_edmilson_de_oliveira.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/mocao_29_-_congratula_edmilson_de_oliveira.docx</t>
   </si>
   <si>
     <t>Congratula o Sr. Edmilson de Oliveira</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/mocao_30_nelita.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/mocao_30_nelita.pdf</t>
   </si>
   <si>
     <t>Congratula a Professora Nelita Borel Viana.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sérgio Borel Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/plc_01-2025_-_reajuste_anual_do_piso_do_magisterio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/plc_01-2025_-_reajuste_anual_do_piso_do_magisterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação do reajuste do piso nacional do magistério, conforme a portaria interministerial nº 13/2024 do MF/MEC e dá outras providências.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/plc_02_-_institui_tarifa_de_manejo_residuos_solidos_2.doc</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/plc_02_-_institui_tarifa_de_manejo_residuos_solidos_2.doc</t>
   </si>
   <si>
     <t>Institui o regime tarifário como instrumento de cobrança do serviço público de manejo de resíduos sólidos no âmbito do Município de Manhumirim e dá outras providências</t>
   </si>
   <si>
+    <t>3094</t>
+  </si>
+  <si>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/plcomplementar_02_altera_lei.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Complementar Municipal nº. 1.449/2008, a qual “Dispõe sobre o Código Tributário do Município de Manhumirim”.</t>
+  </si>
+  <si>
     <t>2654</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/pl_01-2025_-__desconcentracao_administrativa_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/pl_01-2025_-__desconcentracao_administrativa_1.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da desconcentração da Administração Direta do Município de Manhumirim e dá outras providências</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/pl_02_-_2025_-_auxilio_transporte.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/pl_02_-_2025_-_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização da concessão de 'auxílio transporte' aos estudantes de cursos superiores, técnicos e ensino supletivo, e dá outras providências"</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/pl_03_musica_trem_alegria.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/pl_03_musica_trem_alegria.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição da execução de músicas impróprias em veículos coletivos de diversão que transportam crianças, popularmente conhecido por “trenzinho da alegria”, no âmbito do Município de Manhumirim - MG”.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a criação da brigada municipal de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/pl_05_denominacao_creas.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/pl_05_denominacao_creas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do CREAS do bairro Campestre - CREAS – Nelson Correa.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/pl_06_-_regulamenta_os_uso_dos_veiculos_municipais_em_viagens.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/pl_06_-_regulamenta_os_uso_dos_veiculos_municipais_em_viagens.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso de veículos públicos para viagens de saúde e assistência social e dá outras providências.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a criação da brigada municipal de Manhumirim e dá outras providencias</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/pl_08_transferencia_recursos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/pl_08_transferencia_recursos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as transferências de recursos financeiros para Organização da Sociedade Civil mediante a celebração de parceria.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_9_recomposicao_salario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_9_recomposicao_salario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre recomposição das perdas salariais dos servidores da Câmara Municipal de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/pl_11_-_altera_a_lei_1261_que_organiza_rotinas_da__cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/pl_11_-_altera_a_lei_1261_que_organiza_rotinas_da__cmm.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1.261 QUE “CRIA ÓRGÃOS, CARGOS E VENCIMENTOS, ORGANIZA E ESTRUTURA OS DIVERSOS SERVIÇOS ADMINISTRATIVOS NECESSÁRIOS À CÂMARA MUNICIPAL DE MANHUMIRIM, ESTRUTURA E ORGANIZA ROTINAS ADMINISTRATIVAS DA SECRETARIA, E DÁ OUTRAS PROVIDÊNCIAS” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_lei_no_-_2025_-_institui_o_programa_de_recuperacao_fiscal_2025.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_lei_no_-_2025_-_institui_o_programa_de_recuperacao_fiscal_2025.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal do Município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/pl_13_rua_aristides_braga.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/pl_13_rua_aristides_braga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre correição de denominação de logradouro público - Rua Aristides Braga, no bairro Centro.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2818/pl_14_-_educacao_financeira_nas_escolas.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2818/pl_14_-_educacao_financeira_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão d Educação Financeira como componente interdisciplinar no ensino fundamental das escolas públicas e particulares do Munícipio de Manhumirim e á outras providências.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_da_ldo_2026_-_manhumirim_-_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_da_ldo_2026_-_manhumirim_-_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/pl_16_politica_publica_animais.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/pl_16_politica_publica_animais.pdf</t>
   </si>
   <si>
     <t>Institui Políticas Públicas voltada a atenção aos animais em estado de abandono no Município de Manhumirim.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_18_-_incentivo_a_corrida_de_rua.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_18_-_incentivo_a_corrida_de_rua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo a corrida de rua no Município de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/pl_19_-_altera_alei_municipal_no_1.783-2020_dia_municipal_de_fibromialgia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/pl_19_-_altera_alei_municipal_no_1.783-2020_dia_municipal_de_fibromialgia.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1783/2020 - Institui o dia municipal da fibromialgia e dá outras providencias.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/pl_20_-_estabelece_diretrizes_para_atendimento_prestado_pelo_sus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/pl_20_-_estabelece_diretrizes_para_atendimento_prestado_pelo_sus.pdf</t>
   </si>
   <si>
     <t>Determina a disponibilização ao público pelos postos de saúde e unidades de pronto atendimento, dos horários de atendimento de todos os profissionais de saúde bem como sua especialidade dos SUS no município de Manhumirim-MG.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_21_altera_lei_1261.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_21_altera_lei_1261.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal 1261/04 que “Cria órgãos, cargos e vencimentos, organiza e estrutura os diversos serviços administrativos necessários à Câmara Municipal de Manhumirim, estrutura e organiza rotinas administrativas da Secretaria, e dá outras providências”.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/pl_22_institui_a_semana_da_saude_mental_no_municipio_de_manhumirim.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/pl_22_institui_a_semana_da_saude_mental_no_municipio_de_manhumirim.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Manhumirim, a Semana Municipal de Saúde Mental nas Escolas e dá outras providências</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/pl_23_-_divulgacao_da_lista_de_medicamentos_na_farmacia_de_minas.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/pl_23_-_divulgacao_da_lista_de_medicamentos_na_farmacia_de_minas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência na divulgação dos medicamentos disponíveis na farmácia municipal do Município de Manhumirim e dá outras providencias.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/pl_24_doacao_imoveis.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/pl_24_doacao_imoveis.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóveis públicos a empresas com fins de desenvolvimento econômico, mediante contrapartidas obrigatórias, e dá outras providências.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/pl_25_correicao_nome_rua_gulhermina_j_emerick.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/pl_25_correicao_nome_rua_gulhermina_j_emerick.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre correição de denominação de logradouro público: Rua Guilhermina Jupira Emerick – no Bairro Vidal Soares.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/pl_26_municipal_-_autoriza_acordo_em_processos_judiciais.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/pl_26_municipal_-_autoriza_acordo_em_processos_judiciais.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Manhumirim a firmar acordo judicial e extrajudicial e dispõe sobre a formalização de transações, inclusive em precatórios judiciais e dá outras providências.”</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/pl_27_-_2025_-_recepciona_lei_federal_13913_-_faixa_nao_edificavel_8m_ass.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/pl_27_-_2025_-_recepciona_lei_federal_13913_-_faixa_nao_edificavel_8m_ass.pdf</t>
   </si>
   <si>
     <t>Recepciona a lei federal n° 13.913 de 25 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/pl_28_-_autorizacao_concessao_de_uso_de_bem_publico_amar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/pl_28_-_autorizacao_concessao_de_uso_de_bem_publico_amar.pdf</t>
   </si>
   <si>
     <t>“Autoriza a concessão de uso de bem público municipal à Associação Manhumiriense dos Amigos Reunidos – AMAR, com possibilidade de uso compartilhado, e dá outras providências."</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_ordinaria_municipal_-_autoriza_repasse_recursos_amar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_ordinaria_municipal_-_autoriza_repasse_recursos_amar.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Manhumirim a transferir recursos públicos à Associação Manhumiriense dos Amigos Reunidos – AMAR e dá outras providências”.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/pl_30_manhumirim_loa_2026.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/pl_30_manhumirim_loa_2026.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE MANHUMIRIM PARA O QUADRIÊNIO 2026–2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/pl_32_-_dispoe_sobre_a_organizacao_do_sistema_municipal_de_defesa_do_consumidor__smdc_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/pl_32_-_dispoe_sobre_a_organizacao_do_sistema_municipal_de_defesa_do_consumidor__smdc_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Organização do Sistema Municipal de Defesa do Consumidor – SMDC, institui a Coordenadoria Municipal de Proteção e Defesa do_x000D_
 Consumidor – PROCON, o Conselho Municipal de Proteção e Defesa do Consumidor – CONDECON e o Fundo Municipal de Proteção e Defesa do Consumidor – FMDC, e dá outras providências."</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_-_autoriza_o_municipio_a_retirar-se_do_cinvalpi.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_-_autoriza_o_municipio_a_retirar-se_do_cinvalpi.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Manhumirim a retirar-se do Consórcio Intermunicipal Multissetorial do Vale do Piranga – CINVALPI, e dá outras providências”.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/pl_34_-_utilidade_publica_apaam_001.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/pl_34_-_utilidade_publica_apaam_001.pdf</t>
   </si>
   <si>
     <t>Reconhece como utilidade publica a Associação de Pais e Amigos dos Autistas de Manhumirim - APAAM</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/pr_01_recomposicao_vereador.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/pr_01_recomposicao_vereador.pdf</t>
   </si>
   <si>
     <t>Fixa a recomposição dos subsídios dos vereadores e dá outras providências. Percentual 4,83% IPC-A.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_resolucao_do_vereador_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_resolucao_do_vereador_vagner.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos votos dos membros das Reuniões da Câmara Municipal de Manhumirim e das Comissões Permanentes e Temporárias da Câmara Municipal fixas no site eletrônico oficial do Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/projeto_de_resolucao_03.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/projeto_de_resolucao_03.pdf</t>
   </si>
   <si>
     <t>Título de cidadão honorário ao Dep. Adriano Alvarenga</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/projeto_de_resolucao_04.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/projeto_de_resolucao_04.pdf</t>
   </si>
   <si>
     <t>Diploma de Honra ao mérito ao Sr. Marcos Alexandre Saldanha de OIiveira.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_resolucao_05.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_resolucao_05.pdf</t>
   </si>
   <si>
     <t>Título de cidadão honorário a Newton Cardoso Junior.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/projeto_de_resolucao_06.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/projeto_de_resolucao_06.pdf</t>
   </si>
   <si>
     <t>Mérito desportivo a Amós Cutis Ferreira</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/projeto_de_resolucao_07.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/projeto_de_resolucao_07.pdf</t>
   </si>
   <si>
     <t>Mérito desportivo ao Sr. Gustavo Henrique Souza de Faria</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/projeto_de_resolucao_08.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/projeto_de_resolucao_08.pdf</t>
   </si>
   <si>
     <t>Honra ao mérito ao Sr. João Paulo Raposo Ferreira Jaeger Gama</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/projeto_de_resolucao_09.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/projeto_de_resolucao_09.pdf</t>
   </si>
   <si>
     <t>Honra ao mérito a Elio Rodrigues</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/pr_10_ari_o_filho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/pr_10_ari_o_filho.pdf</t>
   </si>
   <si>
     <t>Cidadão Honorário a Ari de Oliveira Filho</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/projeto_de_resolucao_011.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/projeto_de_resolucao_011.pdf</t>
   </si>
   <si>
     <t>Cidadão Honorário a Eli Araújo de Cristo</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/projeto_de_resolucao_012.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/projeto_de_resolucao_012.pdf</t>
   </si>
   <si>
     <t>Honra ao mérito a Luis Felipe Diniz</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/projeto_de_resolucao_013.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/projeto_de_resolucao_013.pdf</t>
   </si>
   <si>
     <t>Cidadão honorário ao Dep. João Lúcio Magalhães Bifano</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/projeto_de_resolucao_014.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/projeto_de_resolucao_014.pdf</t>
   </si>
   <si>
     <t>Cidadão Honorário ao Dep. Dr. Wilson Roberto Batista</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_resolucao_015.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_resolucao_015.pdf</t>
   </si>
   <si>
     <t>Honra ao mérito ao Sr. Felipe Cunha Azevedo</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>PPLC</t>
   </si>
   <si>
     <t>Proposição de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/proposicao_lei_complementar_39.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/proposicao_lei_complementar_39.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a implementação do reajuste do piso nacional do magistério, conforme a portaria do MF/MEC.</t>
   </si>
   <si>
-    <t>3094</t>
-[...7 lines deleted...]
-  <si>
     <t>2665</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/001_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/001_-_dede.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as providencias que estão sendo tomadas sobre a cratera da MG-111, saída para Alto Jequitibá</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/002_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/002_-_dede.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre manutenção da frota escolar do Município</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/003_-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/003_-xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o PLC 02/2025</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/004_comissao_de_servicos_publicos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/004_comissao_de_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>Requer providências sobre as obras no centro da cidade.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/005_-_comissao_de_servicos_publicos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/005_-_comissao_de_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o combate a dengue.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/006_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/006_-_remisson.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os portais de entrada da cidade</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/007_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/007_xandinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações técnicas sobre as pontes do Município de Manhumirim.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/008_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/008_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os convênios celebrados entre o município de Manhumirim.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/009_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/009_dede.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre transporte de pacientes para fisioterapia.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/10_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/10_dede.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o processo licitatório para aquisição de materiais de higiene pessoal.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/11_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/11_matheus.pdf</t>
   </si>
   <si>
     <t>Requer cumprimento da lei municipal n. 1887/2024 - institui sobre a política no município de Manhumirim para garantia, proteção e ampliação dos direitos a pessoas com transtorno do espectro autista e seus familiares.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/011_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/011_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer elaboração de estudo contendo os custos para reforma e ampliação das estações de tratamento de água de nossa cidade.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/13_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/13_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer Justificativa sobre atraso de ônibus escolares e solicita melhorias</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/14_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/14_-_matheus.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza pública seja efetivamente realizada em todas as ruas do município</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/15_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/15_-_matheus.pdf</t>
   </si>
   <si>
     <t>solicita a retificação do endereço constante na placa informativa da obra do CREAS Bairro Campestre.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/16_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/16_-_matheus.pdf</t>
   </si>
   <si>
     <t>Requer informações referente ao Plano de Cargos e Salários do Executivo Municipal, Administração direta e Indireta</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/17_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/17_-_matheus.pdf</t>
   </si>
   <si>
     <t>Requer listagem de servidores efetivos e contratados nas áreas que subscreve</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/requerimento_no_018_2025_-_dr._rodrigo_soares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/requerimento_no_018_2025_-_dr._rodrigo_soares.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre calçamentos na zona rural.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/19_-_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/19_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre cumprimento da Lei Municipal nº 1621/2014 – Código de postura do Município de Manhumirim.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/requerimento_20_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/requerimento_20_matheus.pdf</t>
   </si>
   <si>
     <t>requer ao Presidente da Câmara de Manhumirim a retirada de tramitação da emenda nº 02 ao PLC 02/2025.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/21_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/21_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer estudo de impacto para realizar a recomposição salarial dos servidores</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/23_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/23_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Solicita empenhos liquidados, pagos, referente revitalização da Praça Padre Júlio Maria.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>REQUER: informações sobre VAAT (Valor anual total por aluno).</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/25_req_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/25_req_xandinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o funcionamento dos supermercados nos dias de domingos e feriados.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/26_req_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/26_req_bill.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre os postes danificados no Município de Manhumirim.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/27_-_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/27_-_vovo.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre funcionalismo público</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/28_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/28_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre emendas parlamentares</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/29_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/29_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre processos licitatórios das diversas secretarias da Prefeitura Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/30_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/30_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre sessão de uso de espaço público para instalação de Telão de Led propaganda na Praça Padre Júlio Maria.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2804/88_indicacao_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2804/88_indicacao_remisson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o Poliesportivo Públio Nolasco.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/32_req_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/32_req_xandinho.pdf</t>
   </si>
   <si>
     <t>requer informações sobre instrumento de planejamento.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/33_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/33_-_matheus.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a distribuição de recurso da Lei Federal nº 14.017/2020 - Lei Aldir Blanc e Lei complementar nº 195/2022 - Lei Paulo Gustavo</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/34_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/34_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a obra da Praça Padre Júlio Maria</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/35_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/35_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a obra da travessa 16 de março ( calçadão)</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/36_-_joao_e_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/36_-_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Requer Informações sobre obra da pavimentação asfáltica do Centro da cidade.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/37_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/37_vovo.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre as obras no centro de Manhumirim.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2848/requerimento_38-2025.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2848/requerimento_38-2025.pdf</t>
   </si>
   <si>
     <t>Documentação e informações sobre a obra na Praça Padre Júlio Maria</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2854/docreq3909917520250514154500.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2854/docreq3909917520250514154500.pdf</t>
   </si>
   <si>
     <t>Requer notas fiscais da Secretaria de Transportes</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/docreq4009917620250514154557.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/docreq4009917620250514154557.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do calçamento da Praça Pe. Júlio Maria e Travessa 16 de março</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/41_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/41_-_xandinho.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre Projeto Asfáltico de Manhumirim.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/42_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/42_-_xandinho.pdf</t>
   </si>
   <si>
     <t>REQUER: Seja convocado os Responsáveis técnicos da Empresa responsável pelo programa REURB - Regularização fundiária urbana e Cadastro Técnico Multifinalitário dos imóveis de Manhumirim.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/43_-_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/43_-_remisson.pdf</t>
   </si>
   <si>
     <t>Requer contratação de Assessor Especial</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/44_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/44_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 30/2025</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/req4509944820250528165012.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/req4509944820250528165012.pdf</t>
   </si>
   <si>
     <t>Solicita informações quanto ao funcionamento das Unidades de Estratégia de Saúde da Família ESF</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/req4609944920250528165042.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/req4609944920250528165042.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os programas de saúde obrigatórios e seus indicadores</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/47_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/47_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre terrenos vagos de propriedade da Municipalidade.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/48_-_matheus_e_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/48_-_matheus_e_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Reitera requerimentos que menciona</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/49_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/49_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Requer cumprimento da Lei nº 1907/2025</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/50_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/50_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o pagamento de adicional nos termos dos artigos 35 e 119-VII da Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/51_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/51_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre processo de concessão de espaço público (Quiosques).</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>REQUER: seja observado o cumprimento das normas condidas no Código de Posturas Municipal, bem como legislação Estadual.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/53_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/53_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre processo seletivo para o cargo de diretor escolar no município de Manhumirim.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/54_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/54_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer calendário esportivo e o calendário cultural de nosso município para o ano de 2025.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/55_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/55_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Requer cumprimento da Lei Municipal 1602/2013 - Institui o sistema de estacionamento rotativo remunerado nas vias e logradouros públicos e dá outras providencias e lei Municipal nº 1713/2018 - Altera dispositivos da Lei Municipal nº 1602/2013, e dá outras providências.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/57_requerimento_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/57_requerimento_vagner.pdf</t>
   </si>
   <si>
     <t>Requer à Farmácia de Minas a divulgação da relação de medicamentos disponíveis, atualizada quinzenalmente.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/58_-_matheus_joao_e_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/58_-_matheus_joao_e_vagner.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre implementação e cumprimento da Lei Municipal nº 1.841/2022 de 11 de maio de 2022 que “Cria o programa Aprender para Salvar”, na educação escolar pública e privada em todo o Município e dá outras providências.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/59_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/59_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Requer seja divulgado e publicado em local de amplo acesso a ordem de espera de pacientes do SUS.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/57_-_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/57_-_vagner.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre extensão da rede elétrica de bixa tensão na Vila dos Pequititos</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/60_-_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/60_-_vagner.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre custos para construção de ponte no Bairro Santa Rita</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/62_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/62_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre funções de servidores quanto a fiscalização de obras realizadas através de convênios e licitações.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/63_requerimento_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/63_requerimento_bill.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Secretaria M. Cultura sobre festejo do Dia da Consciência Negra.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/64_-_joao_wilson_e_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/64_-_joao_wilson_e_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Requer seja convocado o Secretário de Obras e o representante da Empresa Ed Blocos, Industria Comercio e Construção.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/65_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/65_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre PL 26/2025, em tramitação nesta Casa Legislativa.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/66_-_vagner.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/66_-_vagner.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre custo do M2 (metro quadrado) do bloquete</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/67_requerimento_priscila_e_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/67_requerimento_priscila_e_xandinho.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Requer informações sobre trabalho de fiscalização no Município._x000D_
 AUTORIA: Vereadora Priscila Knup e Vereador Alexandre de Jesus Nascimento.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/68_requerimento_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/68_requerimento_vovo.pdf</t>
   </si>
   <si>
     <t>REQUER: Sobre desvio de função no funcionalismo municipal.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/69_-_helio_e_priscila.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/69_-_helio_e_priscila.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o PL 30 e 31 que tramitam nessa Casa Legislativa a Saber Orçamento 2025, PPA 2026, 2029.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/70_requerimento_ver_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/70_requerimento_ver_remisson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Defesa Civil sobre cronograma de prevenções contra alagamentos e enchentes.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/71_requerimento_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/71_requerimento_remisson.pdf</t>
   </si>
   <si>
     <t>REQUER: providências do Poder Executivo em cumprimento às leis municipais 1268 e 1621.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/72_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/72_-_matheus.pdf</t>
   </si>
   <si>
     <t>REQUER: cópia dos cinco (5) contratos de termos aditivos, relativos ao processo licitatório da obra da Praça Padre Júlio Maria.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/73_-_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/73_-_matheus.pdf</t>
   </si>
   <si>
     <t>REQUER: cópia dos atestados médicos dos funcionários da empresa Edblocos que foram utilizados para motivar termo aditivo de tempo de entrega da obra da Praça Padre Júlio Maria.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/74_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/74_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre carga horária dos médicos nos UBS.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/75_-_joao_e_matheus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/75_-_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a busca de novas empresas para Manhumirim.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/requerimento76.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/requerimento76.pdf</t>
   </si>
   <si>
     <t>Informações sobre instalação de placas na área da rotatória (Praça dos Trabalhadores)</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/77_-_marcio_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/77_-_marcio_vovo.pdf</t>
   </si>
   <si>
     <t>requer informações sobre o Plano de contingencia para o periodo das chuvas</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/78_requerimento_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/78_requerimento_xandinho.pdf</t>
   </si>
   <si>
     <t>requer informações da Secretaria Municipal de Meio Ambiente - captação de recursos hídricos (água).</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/79_requerimento_ver_mateus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/79_requerimento_ver_mateus.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre as providencias que estão sendo tomadas para cumprimento do OF 1258/2025 GAAA em anexo.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/80_requerimento_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/80_requerimento_remisson.pdf</t>
   </si>
   <si>
     <t>REQUER: reorganização de trânsito na Rua Domingos Destro – bairro Roque.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/81_requerimento_remisson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/81_requerimento_remisson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre atendimento prioritário nos postos de saúde da cidade.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/82_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/82_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o quantitativo de pessoas com diagnostico TEA em Manhumirim.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/83_-_vovo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/83_-_vovo.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao FUNDEB – exercício de 2025.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/222_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/222_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a usina e reciclagem e compostagem de lixo São Francisco de Assis</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/85_-_matheus_fully.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/85_-_matheus_fully.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre equipamento de energia que abastece o campo do Córrego Poço Fundo</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/87_-_remisson_001.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/87_-_remisson_001.pdf</t>
   </si>
   <si>
     <t>Informações sobre poda de arvores da Praça Dom Antônio Felipe da Cunha</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/88_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/88_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre prestações de contas por parte das Entidades que recebem subvenções sociais a partir de convênio celebrado com o município de Manhumirim.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/89_requerimento_bill.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/89_requerimento_bill.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Secretaria M. Meio Ambiente a respeito dos aterros e terraplanagem (desmonte de morros).</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/90_-_joao_wilson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/90_-_joao_wilson.pdf</t>
   </si>
   <si>
     <t>informações sobre contribuição de iluminação pública- CIP no Município de Manhumirim.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_no_91_-_marcio_vovo.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_no_91_-_marcio_vovo.docx</t>
   </si>
   <si>
     <t>REQUER: reiteração do requerimento nº 83 de 12/11/2025 que solicita informações referentes ao FUNDEB – exercício de 2025.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>SPL</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/pl_04_subst_01_mateus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/pl_04_subst_01_mateus.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A CRIAÇÃO DA BRIGADA MUNICIPAL DE MANHUMIRIM E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/substitutivo_01_ao_pl_20-2025_-_horario_de_atendimento_dos_profissionais_nos_psfs.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/substitutivo_01_ao_pl_20-2025_-_horario_de_atendimento_dos_profissionais_nos_psfs.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a obrigatoriedade de divulgação ao público, pelos postos de saúde e unidades de pronto atendimento, dos horários e forma de atendimento de todos os profissionais de saúde do SUS, no Município de Manhumirim.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/substitutivo_01_ao_projeto_de_lei__21.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/substitutivo_01_ao_projeto_de_lei__21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal 1261/04 que “Cria órgãos, cargos e vencimentos, organiza e estrutura os diversos serviços administrativos necessários à Câmara Municipal de Manhumirim, estrutura e organiza rotinas administrativas da Secretaria, e dá outras providências.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/lei_municipal_no_1.904_-_2025_-_desconcentracao_administrativa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/lei_municipal_no_1.904_-_2025_-_desconcentracao_administrativa.pdf</t>
   </si>
   <si>
     <t>“Dispõe acerca da desconcentração da Administração Direta do Município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/lei_municipal_no_1.905_-_2025_-_dispoe_transferencias_recursos_financeiros_organizacao_da_sociedade_civil.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/lei_municipal_no_1.905_-_2025_-_dispoe_transferencias_recursos_financeiros_organizacao_da_sociedade_civil.pdf</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/lei_municipal_no_1.912_-_2025_-_autoriza_acordo_em_processos_judiciais.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/lei_municipal_no_1.912_-_2025_-_autoriza_acordo_em_processos_judiciais.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Manhumirim a firmar acordo judicial e extrajudicial e dispõe sobre a formalização de transações, inclusive em precatórios_x000D_
 judiciais e dá outras providências.”</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/lei_municipal_no_1.913_-_2025_-_recepciona_a_lei_federal_no_13.913_de_25_de_novembro_de_2019_faixa_nao_edificavel_8_metros.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/lei_municipal_no_1.913_-_2025_-_recepciona_a_lei_federal_no_13.913_de_25_de_novembro_de_2019_faixa_nao_edificavel_8_metros.pdf</t>
   </si>
   <si>
     <t>Recepciona a Lei Federal nº 13.913, de 25 de novembro de 2019, no âmbito do município de Manhumirim – MG, e dá outras providências._x000D_
 edificação, rodovia, faixa.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/lei_municipal_no_1.914_-_2025_-_autoriza_a_concessao_de_uso_de_bem_publico_municipal_a_associacao_manhumiriense_dos_amigos_reunidos__amar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/lei_municipal_no_1.914_-_2025_-_autoriza_a_concessao_de_uso_de_bem_publico_municipal_a_associacao_manhumiriense_dos_amigos_reunidos__amar.pdf</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/lei_municipal_no_1.915_-_2025_-_modifica_a_lei_1261_carga_horaria_camara_municipal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/lei_municipal_no_1.915_-_2025_-_modifica_a_lei_1261_carga_horaria_camara_municipal.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI 1.261 QUE “CRIA ÓRGÃOS, CARGOS E VENCIMENTOS, ORGANIZA E ESTRUTURA OS DIVERSOS SERVIÇOS ADMINISTRATIVOS NECESSÁRIOS À CÂMARA MUNICIPAL DE MANHUMIRIM, ESTRUTURA E ORGANIZA ROTINAS ADMINISTRATIVAS DA SECRETARIA, E DÁ OUTRAS PROVIDÊNCIAS” E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/lei_municipal_no_1.916_-_2025_-_altera_lei_1261_camara_municipal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/lei_municipal_no_1.916_-_2025_-_altera_lei_1261_camara_municipal.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI 1.261 QUE “CRIA ÓRGÃOS, CARGOS E VENCIMENTOS, ORGANIZA E ESTRUTURA OS DIVERSOS SERVIÇOS ADMINISTRATIVOS NECESSÁRIOS À CÂMARA MUNICIPAL DE MANHUMIRIM, ESTRUTURA E ORGANIZA ROTINAS ADMINISTRATIVAS DA SECRETARIA, E DÁ OUTRAS PROVIDÊNCIAS” E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 novo assessor._x000D_
 especial.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/lei_municipal_no_1.917_-_2025_-_autoriza_repasse_amar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/lei_municipal_no_1.917_-_2025_-_autoriza_repasse_amar.pdf</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/lei_municipal_no_1.918_-_2025_-_ratifica_logradouro_rua_guilhermina_jupira_emerick.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/lei_municipal_no_1.918_-_2025_-_ratifica_logradouro_rua_guilhermina_jupira_emerick.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre correição de denominação de logradouro público: Rua Guilhermina Jupira Emerick – no Bairro Vidal Soares.”</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/lei_municipal_no_1.919_-_2025_-_defesa_do_consumidor__smdc_coordenadoria__procon_conselho_municipal_de_protecao_e_defesa_do_consumidor__condecon_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/lei_municipal_no_1.919_-_2025_-_defesa_do_consumidor__smdc_coordenadoria__procon_conselho_municipal_de_protecao_e_defesa_do_consumidor__condecon_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Organização do Sistema Municipal de Defesa do Consumidor – SMDC, institui a Coordenadoria Municipal de Proteção e Defesa do Consumidor – PROCON, o Conselho Municipal de Proteção e Defesa do Consumidor – CONDECON e o Fundo Municipal de Proteção e Defesa do Consumidor – FMDC, e dá outras providências."</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/lei_complementar_municipal_no_40_-_2025_-_institui_tarifa_de_manejo_residuos_solidos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/lei_complementar_municipal_no_40_-_2025_-_institui_tarifa_de_manejo_residuos_solidos.pdf</t>
   </si>
   <si>
     <t>“Institui o regime tarifário como instrumento de cobrança do serviço público de manejo de resíduos sólidos no âmbito do Município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
+    <t>3164</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Complementar Municipal nº. 1.449/2008, a qual “Dispõe sobre o Código Tributário do Município de Manhumirim.</t>
+  </si>
+  <si>
     <t>2651</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/portaria_no_1_-_nomeia_servidores_que_menciona.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/portaria_no_1_-_nomeia_servidores_que_menciona.docx</t>
   </si>
   <si>
     <t>Nomeia servidores que menciona</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/portaria_no_2_-_estabelece_o_plantao_durante_o_recesso.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/portaria_no_2_-_estabelece_o_plantao_durante_o_recesso.docx</t>
   </si>
   <si>
     <t>Estabelece atendimento da Comissão Representativa</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/portaria_no_3_-_estabele_o_plantao_de_servidores.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/portaria_no_3_-_estabele_o_plantao_de_servidores.docx</t>
   </si>
   <si>
     <t>Estabelece o regime de Plantão durante o Recesso Legislativo de janeiro de 2025</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/portaria_399_-_nomeia_servidores_que_menciona.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/portaria_399_-_nomeia_servidores_que_menciona.pdf</t>
   </si>
   <si>
     <t>Nomeia os servidores da Câmara Municipal de Manhumirim que menciona.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/portaria_400_-_estabele_o_plantao_de_servidores.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/portaria_400_-_estabele_o_plantao_de_servidores.pdf</t>
   </si>
   <si>
     <t>Estabelece o regime de Plantão durante o Recesso Legislativo.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/portaria_401_-_estabelece_quotas_partidarias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/portaria_401_-_estabelece_quotas_partidarias.pdf</t>
   </si>
   <si>
     <t>Fixa quota de participação proporcional em comissões permanentes da Câmara para o biênio 2019/2020 e dá outras providências</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/portaria_402_-_estabelece_o_plantao_durante_o_recesso.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/portaria_402_-_estabelece_o_plantao_durante_o_recesso.pdf</t>
   </si>
   <si>
     <t>Estabelece atendimento da Comissão Representativa durante o Recesso Legislativo de janeiro de 2025.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/portaria_403_-_nomeia_servidores_comissao_compras.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/portaria_403_-_nomeia_servidores_comissao_compras.pdf</t>
   </si>
   <si>
     <t>Nomeia os servidores da Câmara Municipal de Manhumirim comissão de compras.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/portaria_404_-_nomeia_membros_comissoes.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/portaria_404_-_nomeia_membros_comissoes.pdf</t>
   </si>
   <si>
     <t>Homologa as indicações das comissões permanentes da Câmara para o biênio 2025/2026 e dá outras providências.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/portaria_405_-_nomeia_membros_codema.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/portaria_405_-_nomeia_membros_codema.pdf</t>
   </si>
   <si>
     <t>Nomeia Vereadores da Câmara Municipal de Manhumirim para o CODEMA. _x000D_
 I – Vereador Alexandre de Jesus Nascimento – membro; _x000D_
 II – Vereador Rémisson Cunha Hott – suplente.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/portaria_406_calendario_2025.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/portaria_406_calendario_2025.pdf</t>
   </si>
   <si>
     <t>Fixa o calendário legislativo da Câmara Municipal de Manhumirim para o ano de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/portaria_408_-_regulamenta_carga_horaria_dos_servidores.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/portaria_408_-_regulamenta_carga_horaria_dos_servidores.pdf</t>
   </si>
   <si>
     <t>Estabelece medidas em caráter de teste para o cumprimento da carga horária dos servidores da câmara municipal de Manhumirim.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/portaria_409_-_regulamenta_tramitacao_de_processo_na_cmm.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/portaria_409_-_regulamenta_tramitacao_de_processo_na_cmm.docx</t>
   </si>
   <si>
     <t>Dispõe sobre tramitação de projetos e processos diversos na Câmara Municipal de Manhumirim.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/portaria_410_revoga_364.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/portaria_410_revoga_364.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da portaria nº 364 de 27/02/2023.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/portaria_411_pascoa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/portaria_411_pascoa.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim durante do feriado da Semana Santa.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2832/portaria_412_controle_interno.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2832/portaria_412_controle_interno.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para a comissão do sistema de Controle Interno da Câmara Municipal de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/portaria_413_-_altera_o_calendario_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/portaria_413_-_altera_o_calendario_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim durante o feriado de 1º de maio. Dia do Trabalhador</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/portaria_414_-_estabelece_medidas_para_cumprimento_da_carga_horaria_dos_servidores_da_camara_municipal_de_manhumirim.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/portaria_414_-_estabelece_medidas_para_cumprimento_da_carga_horaria_dos_servidores_da_camara_municipal_de_manhumirim.pdf</t>
   </si>
   <si>
     <t>Estabelece medidas para o cumprimento da carga horária dos servidores da Câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/portaria_415_-_altera_o_calendario_da_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/portaria_415_-_altera_o_calendario_da_cmm.pdf</t>
   </si>
   <si>
     <t>Altera calendário câmara.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/portaria_416_feriado_corpus_christ.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/portaria_416_feriado_corpus_christ.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim em razão do feriado de Corpus Christi.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/portaria_417_nomeia_antonio_zorzan.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/portaria_417_nomeia_antonio_zorzan.pdf</t>
   </si>
   <si>
     <t>Nomeia o servidor da Câmara Municipal de Manhumirim: Antônio Zorzan da Silva.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/portaria_418_altera_calendario_outubro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/portaria_418_altera_calendario_outubro.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim para o mês de outubro: reuniões ordinárias nos dias 9, 16 e 23.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/portaria_no_419_2025__-_altera_portaria_no_404.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/portaria_no_419_2025__-_altera_portaria_no_404.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº404 de 21/1/2025 que Homologa as indicações das Comissões Permanentes da Câmara para o Biênio 2025/2026 e dá outras providências.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/portaria_420_feriado_servidor_publico.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/portaria_420_feriado_servidor_publico.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da CMM em razão do dia do servidor público.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/portaria_421_comissao_etica.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/portaria_421_comissao_etica.pdf</t>
   </si>
   <si>
     <t>“Homologa as indicações da comissão de ética e decoro da Câmara para o biênio 2025/2026 e dá outras providências”.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/portaria_422_-_altera_o_calendario_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/portaria_422_-_altera_o_calendario_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera  o calendário da Câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/portaria_no_421_-_altera_o_calendario_da_camara_recesso_dia_consciencia_negra.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/portaria_no_421_-_altera_o_calendario_da_camara_recesso_dia_consciencia_negra.docx</t>
   </si>
   <si>
     <t>“Altera o calendário da Câmara Municipal de Manhumirim em razão do feriado do Dia da Consciência Negra o 20 de novembro”.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/portaria_424_comissao_especial.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/portaria_424_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Homologa as indicações da comissão especial para análise de títulos honoríficos e dá outras providências.</t>
   </si>
   <si>
+    <t>3096</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/portaria_425.pdf</t>
+  </si>
+  <si>
+    <t>Altera o calendário da Câmara Municipal durante o período e final de ano</t>
+  </si>
+  <si>
+    <t>3097</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/portaria_426.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece atendimento da Comissão Representativa durante o Recesso Legislativo de janeiro de 2026</t>
+  </si>
+  <si>
+    <t>3099</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/portaria_427_-_exonera_servidores_que_menciona.pdf</t>
+  </si>
+  <si>
+    <t>Exonera servidores da Câmara Municipal de Manhumirim que menciona</t>
+  </si>
+  <si>
+    <t>3100</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/portaria_428_calendario.pdf</t>
+  </si>
+  <si>
+    <t>Altera o calendário da Câmara Municipal de Manhumirim.</t>
+  </si>
+  <si>
+    <t>3098</t>
+  </si>
+  <si>
+    <t>VT</t>
+  </si>
+  <si>
+    <t>Veto Total a Proposição de Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/mensagem_de_veto_no_-_proposicao_de_lei_n.o_1926-25.pdf</t>
+  </si>
+  <si>
+    <t>Restitução à Câmara Municipal de autógrafo de proposição de lei nº 1.926/25</t>
+  </si>
+  <si>
     <t>2761</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/emenda_01_-_pl_08.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/emenda_01_-_pl_08.pdf</t>
   </si>
   <si>
     <t>Acresce o parágrafo 5º ao artigo 1º ao Projeto de Lei na forma que se segue</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/emenda_01_-_2025_-_pl_30-2025_-_lei_orcamentaria_anual.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/emenda_01_-_2025_-_pl_30-2025_-_lei_orcamentaria_anual.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa 01 ao PL 30-2025 - Lei Orçamentária anual 2025/2025.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>EPLC</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/emenda_n_o_01_plc_02-2025.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/emenda_n_o_01_plc_02-2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 7º e inclui os incisos I, II, III, IV ao referido artigo</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/emenda_02_plc_02-2025.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/emenda_02_plc_02-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 7º e acresce os incisos I, II, III, IV</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Atos do Presidente</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/ato_634_vereador_cargo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/ato_634_vereador_cargo.pdf</t>
   </si>
   <si>
     <t>Trata-se de análise da suspenção do mandato do Vereador Anderson Vidal Soares, tendo em vista a notificação exarada pela Excelentíssima Juíza de Direito da Comarca de Manhumirim, onde informou que o citado vereador se encontra privado da liberdade preventivamente desde o dia 12 de junho de 2025.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/ato_655_retorno_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/ato_655_retorno_dede.pdf</t>
   </si>
   <si>
     <t>Revoga suspensão de vereador Anderson Vidal Soares.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5269,67 +5338,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/001_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/001_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/003_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/004_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/005_-_dede.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/006_-_dede.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/007_bill.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/008_bill.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/009_xandinho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/11_vovo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2679/indicacao_no_012_-_priscila.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/13_bil_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/14_bil_farmacia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/15_dede.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/16_dede.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/17_remisson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/18_remisson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/19_joao_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/20_joao_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/21_matheus.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/22_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/26_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/25_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/28_-_helinho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/29_-_helio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/30_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/31_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/25_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/23_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/24_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/32_-_dede.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/33_-_dede.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/34_-_benisio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/35_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/36_-_joao_wilson_e_helio_marcos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/37_-_bil.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/38_-_bil.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/39_-_helio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/40_-_helio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/41_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/42_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/43_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/45_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/46_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/47_-_dr._rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/48_-_dr._rdorigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/51_bill.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/52_bill.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/53_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/54_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/55_-_dr._rodrigo_e_helio_marcos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/56_-_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/57_-_dede.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/58_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/59_-vovo_da_otica.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/60_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/61_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/62_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/63_-_dr._rodrigo_soares.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/64_-_dr._rodrigo_soares.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/65_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/66_bil.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/67_-_xandinho_e_bil_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/68_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/69_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/70_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/71_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/72_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/73_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/74_matheus.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/75_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/76_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/77_helinho_indicacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/78_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/79_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/80_-_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/81_indicacao_xandinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/82_ind_xandinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/83_ind_remisson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/84_ind_bil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/85_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/86_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2802/87_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/88_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/89_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/90_-_helio_marcos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/91_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/92_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/93_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/94_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/95_-_helio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2816/97_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2817/98_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2819/99_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2820/100_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/101_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/102_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/103_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/104_indicao_bill.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/105_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/106_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/107_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/108_-_remisson_e_dede.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/109_-_remisson_e_dede.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/110_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/111_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/112_-_helio_e_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/113_-_remisson_e_dede.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/114_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_vovo_115.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_116_vovo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/118_-helio_e_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/117-_matheus.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/119_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/122_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/123_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_124_-_joao_wilson_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/125_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/126_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/127_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/128_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/129_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/130_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/131_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/132_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/133_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/134_-_helinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/135_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/136_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/137_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/138_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/139_-_joao_wilson_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/140_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/141-_remissom.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/142_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/143_indicacao_vovo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/144_ind_joao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/145_indicacao_joao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/146_indicacao_mateus.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/147_indicacao_mateus.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/148_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/149_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/150_-_rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/151_-_rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/152_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/153_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/154_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/155_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/156_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/157_priscila.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/158_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/159_-_priscila_e_bil.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/160_-_priscila_e_alexandre.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/161_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/162_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/163_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/164_-_joao_wilson_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/165_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/166_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/167_indicacao_joao_e_mateus.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/168_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/169_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/170_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/171_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/174_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/175_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/176_-_helio_e_joao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/177_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/178_indicacao_vovo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/179_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_180_-_dr._rodrigo_helio.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/181_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/182_-_helio_priscila_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/183_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/184_indicacoes_remisson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/185_-_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/186_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/187_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/188_-_xandinho_e_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/189_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/190_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/191_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/192_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao193.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao192.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/195_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/196_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/197_-_helio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/198_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/199_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/200_joao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/201_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/202_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/203_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/204_indicacao_dede.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/205_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/206_indicacao_bill_e_dede.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/207_-_helio_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/208_-_helinho.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/209_priscila_e_alexandre.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/210_indicacao_priscila.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/211_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/212_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/213_-_joao_wilson_-_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/214_-_dr._rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/215_-_bill.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/216_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/216_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/218_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/219_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/220_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/221_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/222_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/223_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/224_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/225_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/226_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/227_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/228_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/229-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/231_indicacao_priscil.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/232_indicacao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/mocao_03_-_congratula_wania_garcia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/mocao_04_emanuely.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/mocao_05_-_congratula_sorveteria_gellin.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/mocao_09_-_congratula_boca_junior.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/mocao_08_-_congratula_laila_e_franciela.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mocao_07_-_congratula_admar_damasceno_breder.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/mocao_06_-_congratula_diego_pitz_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/mocao_10_-_congratula_irma_eva_maria_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/mocao1109944620250528164908.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/mocao_12_-_congratula_nilton_santana.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/mocao_13_congratula_paulo_c_barbosa.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/mocao_14_-_prof._helena.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_15_-_congratula_o_pr._eliano.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/mocao_17_-_congratula_tayse.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/mocao_18_-_congratula_olair_tavares.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/mocao_20_-_congratula_sra_rita_de_cassia_sanglard.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/mocao_21_-_congratula_cleberson_horsth_-_roupa_nova.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/mocao_22_-_congratula_hibain.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/mocao_17_-_congratula_tayse.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/mocao_24_-_congratula_juca_carroceiro.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/mocao_25_matheus.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/mocao_26_-_congratula_carla_rafaela_dias_fortunato.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/mocao_27_-_congratula_dr._joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/mocao_28_-_congratula_kadde_cabeleireiro.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/mocao_29_-_congratula_edmilson_de_oliveira.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/mocao_30_nelita.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/plc_01-2025_-_reajuste_anual_do_piso_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/plc_02_-_institui_tarifa_de_manejo_residuos_solidos_2.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/pl_01-2025_-__desconcentracao_administrativa_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/pl_02_-_2025_-_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/pl_03_musica_trem_alegria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/pl_05_denominacao_creas.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/pl_06_-_regulamenta_os_uso_dos_veiculos_municipais_em_viagens.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/pl_08_transferencia_recursos.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_9_recomposicao_salario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/pl_11_-_altera_a_lei_1261_que_organiza_rotinas_da__cmm.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_lei_no_-_2025_-_institui_o_programa_de_recuperacao_fiscal_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/pl_13_rua_aristides_braga.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2818/pl_14_-_educacao_financeira_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_da_ldo_2026_-_manhumirim_-_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/pl_16_politica_publica_animais.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_18_-_incentivo_a_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/pl_19_-_altera_alei_municipal_no_1.783-2020_dia_municipal_de_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/pl_20_-_estabelece_diretrizes_para_atendimento_prestado_pelo_sus.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_21_altera_lei_1261.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/pl_22_institui_a_semana_da_saude_mental_no_municipio_de_manhumirim.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/pl_23_-_divulgacao_da_lista_de_medicamentos_na_farmacia_de_minas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/pl_24_doacao_imoveis.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/pl_25_correicao_nome_rua_gulhermina_j_emerick.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/pl_26_municipal_-_autoriza_acordo_em_processos_judiciais.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/pl_27_-_2025_-_recepciona_lei_federal_13913_-_faixa_nao_edificavel_8m_ass.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/pl_28_-_autorizacao_concessao_de_uso_de_bem_publico_amar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_ordinaria_municipal_-_autoriza_repasse_recursos_amar.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/pl_30_manhumirim_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/pl_32_-_dispoe_sobre_a_organizacao_do_sistema_municipal_de_defesa_do_consumidor__smdc_1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_-_autoriza_o_municipio_a_retirar-se_do_cinvalpi.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/pl_34_-_utilidade_publica_apaam_001.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/pr_01_recomposicao_vereador.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_resolucao_do_vereador_vagner.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/projeto_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/projeto_de_resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/projeto_de_resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/pr_10_ari_o_filho.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/projeto_de_resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/projeto_de_resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/projeto_de_resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/projeto_de_resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/proposicao_lei_complementar_39.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/plcomplementar_02_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/001_-_dede.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/002_-_dede.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/003_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/004_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/005_-_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/006_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/007_xandinho.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/008_xandinho.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/009_dede.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/10_dede.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/11_matheus.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/011_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/13_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/14_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/15_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/16_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/17_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/requerimento_no_018_2025_-_dr._rodrigo_soares.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/19_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/requerimento_20_matheus.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/21_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/23_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/25_req_xandinho.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/26_req_bill.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/27_-_vovo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/28_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/29_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/30_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2804/88_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/32_req_xandinho.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/33_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/34_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/35_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/36_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/37_vovo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2848/requerimento_38-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2854/docreq3909917520250514154500.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/docreq4009917620250514154557.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/41_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/42_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/43_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/44_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/req4509944820250528165012.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/req4609944920250528165042.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/47_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/48_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/49_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/50_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/51_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/53_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/54_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/55_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/57_requerimento_vagner.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/58_-_matheus_joao_e_vagner.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/59_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/57_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/60_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/62_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/63_requerimento_bill.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/64_-_joao_wilson_e_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/65_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/66_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/67_requerimento_priscila_e_xandinho.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/68_requerimento_vovo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/69_-_helio_e_priscila.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/70_requerimento_ver_remisson.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/71_requerimento_remisson.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/72_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/73_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/74_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/75_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/requerimento76.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/77_-_marcio_vovo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/78_requerimento_xandinho.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/79_requerimento_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/80_requerimento_remisson.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/81_requerimento_remisson.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/82_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/83_-_vovo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/222_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/85_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/87_-_remisson_001.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/88_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/89_requerimento_bill.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/90_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_no_91_-_marcio_vovo.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/pl_04_subst_01_mateus.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/substitutivo_01_ao_pl_20-2025_-_horario_de_atendimento_dos_profissionais_nos_psfs.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/substitutivo_01_ao_projeto_de_lei__21.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/lei_municipal_no_1.904_-_2025_-_desconcentracao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/lei_municipal_no_1.905_-_2025_-_dispoe_transferencias_recursos_financeiros_organizacao_da_sociedade_civil.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/lei_municipal_no_1.912_-_2025_-_autoriza_acordo_em_processos_judiciais.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/lei_municipal_no_1.913_-_2025_-_recepciona_a_lei_federal_no_13.913_de_25_de_novembro_de_2019_faixa_nao_edificavel_8_metros.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/lei_municipal_no_1.914_-_2025_-_autoriza_a_concessao_de_uso_de_bem_publico_municipal_a_associacao_manhumiriense_dos_amigos_reunidos__amar.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/lei_municipal_no_1.915_-_2025_-_modifica_a_lei_1261_carga_horaria_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/lei_municipal_no_1.916_-_2025_-_altera_lei_1261_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/lei_municipal_no_1.917_-_2025_-_autoriza_repasse_amar.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/lei_municipal_no_1.918_-_2025_-_ratifica_logradouro_rua_guilhermina_jupira_emerick.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/lei_municipal_no_1.919_-_2025_-_defesa_do_consumidor__smdc_coordenadoria__procon_conselho_municipal_de_protecao_e_defesa_do_consumidor__condecon_1.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/lei_complementar_municipal_no_40_-_2025_-_institui_tarifa_de_manejo_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/portaria_no_1_-_nomeia_servidores_que_menciona.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/portaria_no_2_-_estabelece_o_plantao_durante_o_recesso.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/portaria_no_3_-_estabele_o_plantao_de_servidores.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/portaria_399_-_nomeia_servidores_que_menciona.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/portaria_400_-_estabele_o_plantao_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/portaria_401_-_estabelece_quotas_partidarias.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/portaria_402_-_estabelece_o_plantao_durante_o_recesso.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/portaria_403_-_nomeia_servidores_comissao_compras.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/portaria_404_-_nomeia_membros_comissoes.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/portaria_405_-_nomeia_membros_codema.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/portaria_406_calendario_2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/portaria_408_-_regulamenta_carga_horaria_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/portaria_409_-_regulamenta_tramitacao_de_processo_na_cmm.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/portaria_410_revoga_364.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/portaria_411_pascoa.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2832/portaria_412_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/portaria_413_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/portaria_414_-_estabelece_medidas_para_cumprimento_da_carga_horaria_dos_servidores_da_camara_municipal_de_manhumirim.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/portaria_415_-_altera_o_calendario_da_cmm.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/portaria_416_feriado_corpus_christ.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/portaria_417_nomeia_antonio_zorzan.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/portaria_418_altera_calendario_outubro.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/portaria_no_419_2025__-_altera_portaria_no_404.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/portaria_420_feriado_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/portaria_421_comissao_etica.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/portaria_422_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/portaria_no_421_-_altera_o_calendario_da_camara_recesso_dia_consciencia_negra.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/portaria_424_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/emenda_01_-_pl_08.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/emenda_01_-_2025_-_pl_30-2025_-_lei_orcamentaria_anual.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/emenda_n_o_01_plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/emenda_02_plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/ato_634_vereador_cargo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/ato_655_retorno_dede.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/001_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/001_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/003_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/004_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/005_-_dede.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/006_-_dede.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/007_bill.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/008_bill.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/009_xandinho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/11_vovo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2679/indicacao_no_012_-_priscila.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/13_bil_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/14_bil_farmacia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/15_dede.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/16_dede.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/17_remisson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/18_remisson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/19_joao_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/20_joao_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/21_matheus.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/22_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/26_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/25_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/28_-_helinho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/29_-_helio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/30_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/31_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/25_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/23_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/24_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/32_-_dede.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/33_-_dede.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/34_-_benisio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/35_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/36_-_joao_wilson_e_helio_marcos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/37_-_bil.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/38_-_bil.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/39_-_helio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/40_-_helio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/41_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/42_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/43_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/45_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/46_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/47_-_dr._rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/48_-_dr._rdorigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/51_bill.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/52_bill.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/53_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/54_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/55_-_dr._rodrigo_e_helio_marcos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/56_-_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/57_-_dede.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/58_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/59_-vovo_da_otica.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/60_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/61_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/62_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/63_-_dr._rodrigo_soares.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/64_-_dr._rodrigo_soares.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/65_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/66_bil.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/67_-_xandinho_e_bil_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/68_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/69_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/70_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/71_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/72_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/73_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/74_matheus.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/75_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/76_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/77_helinho_indicacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/78_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/79_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/80_-_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/81_indicacao_xandinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/82_ind_xandinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/83_ind_remisson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/84_ind_bil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/85_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/86_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2802/87_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/88_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/89_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/90_-_helio_marcos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/91_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/92_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/93_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/94_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/95_-_helio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2816/97_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2817/98_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2819/99_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2820/100_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/101_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/102_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/103_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/104_indicao_bill.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/105_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/106_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/107_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/108_-_remisson_e_dede.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/109_-_remisson_e_dede.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/110_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/111_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/112_-_helio_e_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/113_-_remisson_e_dede.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/114_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_vovo_115.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_116_vovo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/118_-helio_e_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/117-_matheus.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/119_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/122_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/123_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_124_-_joao_wilson_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/125_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/126_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/127_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/128_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/129_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/130_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/131_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/132_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/133_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/134_-_helinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/135_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/136_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/137_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/138_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/139_-_joao_wilson_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/140_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/141-_remissom.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/142_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/143_indicacao_vovo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/144_ind_joao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/145_indicacao_joao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/146_indicacao_mateus.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/147_indicacao_mateus.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/148_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/149_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/150_-_rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/151_-_rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/152_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/153_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/154_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/155_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/156_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/157_priscila.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/158_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/159_-_priscila_e_bil.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/160_-_priscila_e_alexandre.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/161_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/162_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/163_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/164_-_joao_wilson_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/165_ind_bill.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/166_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/167_indicacao_joao_e_mateus.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/168_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/169_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/170_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/171_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/174_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/175_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/176_-_helio_e_joao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/177_-_remissom.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/178_indicacao_vovo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/179_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_180_-_dr._rodrigo_helio.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/181_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/182_-_helio_priscila_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/183_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/184_indicacoes_remisson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/185_-_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/186_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/187_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/188_-_xandinho_e_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/189_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/190_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/191_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/192_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao193.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao192.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/195_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/196_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/197_-_helio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/198_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/199_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/200_joao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/201_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/202_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/203_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/204_indicacao_dede.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/205_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/206_indicacao_bill_e_dede.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/207_-_helio_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/208_-_helinho.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/209_priscila_e_alexandre.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/210_indicacao_priscila.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/211_-_remisson_hott.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/212_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/213_-_joao_wilson_-_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/214_-_dr._rodrigo_e_helio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/215_-_bill.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/216_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/216_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/218_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/219_indicacao_bill.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/220_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/221_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/222_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/223_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/224_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/225_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/226_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/227_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/228_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/229-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/231_indicacao_priscil.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/232_indicacao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/mocao_03_-_congratula_wania_garcia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/mocao_04_emanuely.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/mocao_05_-_congratula_sorveteria_gellin.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/mocao_09_-_congratula_boca_junior.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/mocao_08_-_congratula_laila_e_franciela.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mocao_07_-_congratula_admar_damasceno_breder.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/mocao_06_-_congratula_diego_pitz_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/mocao_10_-_congratula_irma_eva_maria_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/mocao1109944620250528164908.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/mocao_12_-_congratula_nilton_santana.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/mocao_13_congratula_paulo_c_barbosa.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/mocao_14_-_prof._helena.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_15_-_congratula_o_pr._eliano.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/mocao_17_-_congratula_tayse.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/mocao_18_-_congratula_olair_tavares.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/mocao_20_-_congratula_sra_rita_de_cassia_sanglard.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/mocao_21_-_congratula_cleberson_horsth_-_roupa_nova.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/mocao_22_-_congratula_hibain.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/mocao_17_-_congratula_tayse.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/mocao_24_-_congratula_juca_carroceiro.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/mocao_25_matheus.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/mocao_26_-_congratula_carla_rafaela_dias_fortunato.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/mocao_27_-_congratula_dr._joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/mocao_28_-_congratula_kadde_cabeleireiro.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/mocao_29_-_congratula_edmilson_de_oliveira.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/mocao_30_nelita.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/plc_01-2025_-_reajuste_anual_do_piso_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/plc_02_-_institui_tarifa_de_manejo_residuos_solidos_2.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/plcomplementar_02_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/pl_01-2025_-__desconcentracao_administrativa_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/pl_02_-_2025_-_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/pl_03_musica_trem_alegria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/pl_05_denominacao_creas.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/pl_06_-_regulamenta_os_uso_dos_veiculos_municipais_em_viagens.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/pl_04_-_2025_-_autoriza_criacao_de_brigada_de_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/pl_08_transferencia_recursos.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_9_recomposicao_salario.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/pl_11_-_altera_a_lei_1261_que_organiza_rotinas_da__cmm.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_lei_no_-_2025_-_institui_o_programa_de_recuperacao_fiscal_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/pl_13_rua_aristides_braga.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2818/pl_14_-_educacao_financeira_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_da_ldo_2026_-_manhumirim_-_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/pl_16_politica_publica_animais.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/pl_18_-_incentivo_a_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/pl_19_-_altera_alei_municipal_no_1.783-2020_dia_municipal_de_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/pl_20_-_estabelece_diretrizes_para_atendimento_prestado_pelo_sus.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_21_altera_lei_1261.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/pl_22_institui_a_semana_da_saude_mental_no_municipio_de_manhumirim.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/pl_23_-_divulgacao_da_lista_de_medicamentos_na_farmacia_de_minas.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/pl_24_doacao_imoveis.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/pl_25_correicao_nome_rua_gulhermina_j_emerick.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/pl_26_municipal_-_autoriza_acordo_em_processos_judiciais.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/pl_27_-_2025_-_recepciona_lei_federal_13913_-_faixa_nao_edificavel_8m_ass.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/pl_28_-_autorizacao_concessao_de_uso_de_bem_publico_amar.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_ordinaria_municipal_-_autoriza_repasse_recursos_amar.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/pl_30_manhumirim_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/pl_32_-_dispoe_sobre_a_organizacao_do_sistema_municipal_de_defesa_do_consumidor__smdc_1.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_-_autoriza_o_municipio_a_retirar-se_do_cinvalpi.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/pl_34_-_utilidade_publica_apaam_001.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/pr_01_recomposicao_vereador.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_resolucao_do_vereador_vagner.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/projeto_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/projeto_de_resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/projeto_de_resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/pr_10_ari_o_filho.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/projeto_de_resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/projeto_de_resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/projeto_de_resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/projeto_de_resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/proposicao_lei_complementar_39.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/001_-_dede.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/002_-_dede.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/003_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/004_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/005_-_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/006_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/007_xandinho.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/008_xandinho.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/009_dede.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/10_dede.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/11_matheus.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/011_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/13_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/14_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/15_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/16_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/17_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/requerimento_no_018_2025_-_dr._rodrigo_soares.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/19_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/requerimento_20_matheus.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/21_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/23_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/25_req_xandinho.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/26_req_bill.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/27_-_vovo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/28_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/29_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/30_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2804/88_indicacao_remisson.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/32_req_xandinho.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/33_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/34_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/35_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/36_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/37_vovo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2848/requerimento_38-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2854/docreq3909917520250514154500.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/docreq4009917620250514154557.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/41_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/42_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/43_-_remisson.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/44_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/req4509944820250528165012.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/req4609944920250528165042.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/47_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/48_-_matheus_e_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/49_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/50_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/51_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/53_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/54_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/55_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/57_requerimento_vagner.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/58_-_matheus_joao_e_vagner.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/59_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/57_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/60_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/62_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/63_requerimento_bill.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/64_-_joao_wilson_e_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/65_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/66_-_vagner.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/67_requerimento_priscila_e_xandinho.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/68_requerimento_vovo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/69_-_helio_e_priscila.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/70_requerimento_ver_remisson.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/71_requerimento_remisson.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/72_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/73_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/74_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/75_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/requerimento76.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/77_-_marcio_vovo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/78_requerimento_xandinho.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/79_requerimento_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/80_requerimento_remisson.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/81_requerimento_remisson.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/82_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/83_-_vovo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/222_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/85_-_matheus_fully.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/87_-_remisson_001.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/88_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/89_requerimento_bill.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/90_-_joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_no_91_-_marcio_vovo.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/pl_04_subst_01_mateus.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/substitutivo_01_ao_pl_20-2025_-_horario_de_atendimento_dos_profissionais_nos_psfs.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/substitutivo_01_ao_projeto_de_lei__21.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/lei_municipal_no_1.904_-_2025_-_desconcentracao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/lei_municipal_no_1.905_-_2025_-_dispoe_transferencias_recursos_financeiros_organizacao_da_sociedade_civil.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/lei_municipal_no_1.912_-_2025_-_autoriza_acordo_em_processos_judiciais.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/lei_municipal_no_1.913_-_2025_-_recepciona_a_lei_federal_no_13.913_de_25_de_novembro_de_2019_faixa_nao_edificavel_8_metros.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/lei_municipal_no_1.914_-_2025_-_autoriza_a_concessao_de_uso_de_bem_publico_municipal_a_associacao_manhumiriense_dos_amigos_reunidos__amar.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/lei_municipal_no_1.915_-_2025_-_modifica_a_lei_1261_carga_horaria_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/lei_municipal_no_1.916_-_2025_-_altera_lei_1261_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/lei_municipal_no_1.917_-_2025_-_autoriza_repasse_amar.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/lei_municipal_no_1.918_-_2025_-_ratifica_logradouro_rua_guilhermina_jupira_emerick.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/lei_municipal_no_1.919_-_2025_-_defesa_do_consumidor__smdc_coordenadoria__procon_conselho_municipal_de_protecao_e_defesa_do_consumidor__condecon_1.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/lei_complementar_municipal_no_40_-_2025_-_institui_tarifa_de_manejo_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/portaria_no_1_-_nomeia_servidores_que_menciona.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/portaria_no_2_-_estabelece_o_plantao_durante_o_recesso.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/portaria_no_3_-_estabele_o_plantao_de_servidores.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/portaria_399_-_nomeia_servidores_que_menciona.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/portaria_400_-_estabele_o_plantao_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/portaria_401_-_estabelece_quotas_partidarias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/portaria_402_-_estabelece_o_plantao_durante_o_recesso.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/portaria_403_-_nomeia_servidores_comissao_compras.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/portaria_404_-_nomeia_membros_comissoes.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/portaria_405_-_nomeia_membros_codema.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/portaria_406_calendario_2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/portaria_408_-_regulamenta_carga_horaria_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/portaria_409_-_regulamenta_tramitacao_de_processo_na_cmm.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/portaria_410_revoga_364.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/portaria_411_pascoa.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2832/portaria_412_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/portaria_413_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/portaria_414_-_estabelece_medidas_para_cumprimento_da_carga_horaria_dos_servidores_da_camara_municipal_de_manhumirim.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/portaria_415_-_altera_o_calendario_da_cmm.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/portaria_416_feriado_corpus_christ.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/portaria_417_nomeia_antonio_zorzan.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/portaria_418_altera_calendario_outubro.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/portaria_no_419_2025__-_altera_portaria_no_404.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/portaria_420_feriado_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/portaria_421_comissao_etica.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/portaria_422_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/portaria_no_421_-_altera_o_calendario_da_camara_recesso_dia_consciencia_negra.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/portaria_424_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/portaria_425.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/portaria_426.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/portaria_427_-_exonera_servidores_que_menciona.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/portaria_428_calendario.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/mensagem_de_veto_no_-_proposicao_de_lei_n.o_1926-25.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/emenda_01_-_pl_08.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/emenda_01_-_2025_-_pl_30-2025_-_lei_orcamentaria_anual.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/emenda_n_o_01_plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/emenda_02_plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/ato_634_vereador_cargo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/ato_655_retorno_dede.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H444"/>
+  <dimension ref="A1:H450"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="227.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="226.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -11979,1334 +12048,1334 @@
       </c>
       <c r="D257" t="s">
         <v>1011</v>
       </c>
       <c r="E257" t="s">
         <v>1012</v>
       </c>
       <c r="F257" t="s">
         <v>1013</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="H257" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>1019</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D258" t="s">
-        <v>1020</v>
+        <v>1011</v>
       </c>
       <c r="E258" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="F258" t="s">
         <v>1013</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="H258" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>10</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E259" t="s">
         <v>1024</v>
       </c>
-      <c r="B259" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>1013</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="H259" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>1027</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D260" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E260" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F260" t="s">
-        <v>935</v>
+        <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="H260" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>1030</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D261" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E261" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F261" t="s">
-        <v>100</v>
+        <v>935</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="H261" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>1033</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D262" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E262" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F262" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="H262" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>1036</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D263" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E263" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F263" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="H263" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>1039</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D264" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E264" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F264" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="H264" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>1042</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D265" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E265" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F265" t="s">
-        <v>1013</v>
+        <v>100</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="H265" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>1045</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D266" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E266" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F266" t="s">
-        <v>100</v>
+        <v>1013</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>54</v>
+        <v>1046</v>
       </c>
       <c r="H266" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D267" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E267" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F267" t="s">
-        <v>1047</v>
+        <v>100</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1048</v>
+        <v>54</v>
       </c>
       <c r="H267" t="s">
-        <v>1049</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>53</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F268" t="s">
         <v>1050</v>
-      </c>
-[...13 lines deleted...]
-        <v>935</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="H268" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>1053</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D269" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E269" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F269" t="s">
-        <v>1013</v>
+        <v>935</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="H269" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>1056</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D270" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E270" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F270" t="s">
-        <v>935</v>
+        <v>1013</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="H270" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>1059</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D271" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E271" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F271" t="s">
-        <v>100</v>
+        <v>935</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="H271" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>1062</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D272" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E272" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F272" t="s">
-        <v>1013</v>
+        <v>100</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="H272" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>1065</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D273" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E273" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F273" t="s">
-        <v>100</v>
+        <v>1013</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="H273" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>1068</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="D274" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E274" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F274" t="s">
         <v>100</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="H274" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>1071</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D275" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E275" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F275" t="s">
         <v>100</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="H275" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>1074</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D276" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E276" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F276" t="s">
         <v>100</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="H276" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>1077</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D277" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E277" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F277" t="s">
-        <v>1047</v>
+        <v>100</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="H277" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>1080</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D278" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E278" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F278" t="s">
-        <v>649</v>
+        <v>1050</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="H278" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>1083</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D279" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E279" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F279" t="s">
         <v>649</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="H279" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>1086</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D280" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E280" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F280" t="s">
         <v>649</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="H280" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>1089</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D281" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E281" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F281" t="s">
-        <v>58</v>
+        <v>649</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="H281" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>1092</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D282" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E282" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F282" t="s">
-        <v>1013</v>
+        <v>58</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="H282" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>1095</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D283" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E283" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F283" t="s">
         <v>1013</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="H283" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>1098</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D284" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E284" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F284" t="s">
         <v>1013</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="H284" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>1101</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D285" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E285" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F285" t="s">
         <v>1013</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="H285" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>1104</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D286" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E286" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F286" t="s">
         <v>1013</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="H286" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>1107</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D287" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E287" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F287" t="s">
         <v>1013</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>54</v>
+        <v>1108</v>
       </c>
       <c r="H287" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D288" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E288" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F288" t="s">
         <v>1013</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1110</v>
+        <v>54</v>
       </c>
       <c r="H288" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>1112</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D289" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E289" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F289" t="s">
         <v>1013</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="H289" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>1115</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D290" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E290" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F290" t="s">
-        <v>100</v>
+        <v>1013</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="H290" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>1118</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="D291" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F291" t="s">
+        <v>100</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="E291" t="s">
+      <c r="H291" t="s">
         <v>1120</v>
-      </c>
-[...7 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>10</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E292" t="s">
         <v>1123</v>
       </c>
-      <c r="B292" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F292" t="s">
-        <v>649</v>
+        <v>1050</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="H292" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>1126</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D293" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E293" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F293" t="s">
-        <v>100</v>
+        <v>649</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="H293" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>1129</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D294" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E294" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F294" t="s">
         <v>100</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="H294" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>1132</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D295" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E295" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F295" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="H295" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>1135</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D296" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E296" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F296" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="H296" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>1138</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D297" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E297" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F297" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="H297" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>1141</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D298" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E298" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F298" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="H298" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>1144</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D299" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E299" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F299" t="s">
-        <v>117</v>
+        <v>49</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="H299" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>1147</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D300" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E300" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F300" t="s">
         <v>117</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="H300" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>1150</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D301" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E301" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F301" t="s">
-        <v>49</v>
+        <v>117</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="H301" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>1153</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D302" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E302" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F302" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="H302" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>1156</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D303" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E303" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F303" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="H303" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>1159</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D304" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E304" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F304" t="s">
-        <v>63</v>
+        <v>134</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H304" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>1162</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D305" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E305" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F305" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="H305" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>1165</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="D306" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F306" t="s">
+        <v>134</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="E306" t="s">
+      <c r="H306" t="s">
         <v>1167</v>
-      </c>
-[...7 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>10</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E307" t="s">
         <v>1170</v>
       </c>
-      <c r="B307" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F307" t="s">
-        <v>1013</v>
+        <v>1050</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="H307" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>1173</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>10</v>
       </c>
       <c r="D308" t="s">
         <v>1174</v>
       </c>
       <c r="E308" t="s">
         <v>1175</v>
       </c>
       <c r="F308" t="s">
@@ -13860,51 +13929,51 @@
       </c>
       <c r="G329" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="H329" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>1241</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>112</v>
       </c>
       <c r="D330" t="s">
         <v>1174</v>
       </c>
       <c r="E330" t="s">
         <v>1175</v>
       </c>
       <c r="F330" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H330" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1243</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>116</v>
       </c>
       <c r="D331" t="s">
         <v>1174</v>
       </c>
       <c r="E331" t="s">
         <v>1175</v>
       </c>
       <c r="F331" t="s">
@@ -15628,51 +15697,51 @@
       </c>
       <c r="G397" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="H397" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1448</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>21</v>
       </c>
       <c r="D398" t="s">
         <v>1441</v>
       </c>
       <c r="E398" t="s">
         <v>1442</v>
       </c>
       <c r="F398" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="H398" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1451</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>1452</v>
       </c>
       <c r="D399" t="s">
         <v>1453</v>
       </c>
       <c r="E399" t="s">
         <v>1454</v>
       </c>
       <c r="F399" t="s">
@@ -15686,51 +15755,51 @@
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1457</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>1458</v>
       </c>
       <c r="D400" t="s">
         <v>1453</v>
       </c>
       <c r="E400" t="s">
         <v>1454</v>
       </c>
       <c r="F400" t="s">
         <v>1013</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="H400" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>1460</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>1461</v>
       </c>
       <c r="D401" t="s">
         <v>1453</v>
       </c>
       <c r="E401" t="s">
         <v>1454</v>
       </c>
       <c r="F401" t="s">
         <v>1013</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="H401" t="s">
@@ -15764,51 +15833,51 @@
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>1468</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
         <v>1469</v>
       </c>
       <c r="D403" t="s">
         <v>1453</v>
       </c>
       <c r="E403" t="s">
         <v>1454</v>
       </c>
       <c r="F403" t="s">
         <v>1013</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="H403" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1471</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
         <v>1472</v>
       </c>
       <c r="D404" t="s">
         <v>1453</v>
       </c>
       <c r="E404" t="s">
         <v>1454</v>
       </c>
       <c r="F404" t="s">
         <v>1013</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="H404" t="s">
@@ -15842,51 +15911,51 @@
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1479</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>1480</v>
       </c>
       <c r="D406" t="s">
         <v>1453</v>
       </c>
       <c r="E406" t="s">
         <v>1454</v>
       </c>
       <c r="F406" t="s">
         <v>1013</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>1481</v>
       </c>
       <c r="H406" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1482</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>1483</v>
       </c>
       <c r="D407" t="s">
         <v>1453</v>
       </c>
       <c r="E407" t="s">
         <v>1454</v>
       </c>
       <c r="F407" t="s">
         <v>1013</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>1484</v>
       </c>
       <c r="H407" t="s">
@@ -15920,961 +15989,1117 @@
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1490</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>1491</v>
       </c>
       <c r="D409" t="s">
         <v>1453</v>
       </c>
       <c r="E409" t="s">
         <v>1454</v>
       </c>
       <c r="F409" t="s">
         <v>1013</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H409" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1492</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>179</v>
       </c>
       <c r="D410" t="s">
         <v>1493</v>
       </c>
       <c r="E410" t="s">
         <v>1494</v>
       </c>
       <c r="F410" t="s">
         <v>1013</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>1495</v>
       </c>
       <c r="H410" t="s">
         <v>1496</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1497</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>10</v>
+        <v>183</v>
       </c>
       <c r="D411" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H411" t="s">
         <v>1498</v>
-      </c>
-[...10 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D412" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E412" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F412" t="s">
         <v>49</v>
       </c>
       <c r="G412" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H412" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D413" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E413" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F413" t="s">
         <v>49</v>
       </c>
       <c r="G413" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H413" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>21</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F414" t="s">
+        <v>49</v>
+      </c>
+      <c r="G414" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="B414" t="s">
-[...2 lines deleted...]
-      <c r="C414" t="s">
+      <c r="H414" t="s">
         <v>1509</v>
-      </c>
-[...13 lines deleted...]
-        <v>1511</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="D415" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E415" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F415" t="s">
         <v>935</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="H415" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
       <c r="D416" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E416" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F416" t="s">
         <v>935</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="H416" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="D417" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E417" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F417" t="s">
         <v>935</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="H417" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="D418" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E418" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F418" t="s">
         <v>935</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="H418" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="D419" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E419" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F419" t="s">
         <v>935</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="H419" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="D420" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E420" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F420" t="s">
         <v>935</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="H420" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F421" t="s">
+        <v>935</v>
+      </c>
+      <c r="G421" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="B421" t="s">
-[...2 lines deleted...]
-      <c r="C421" t="s">
+      <c r="H421" t="s">
         <v>1537</v>
-      </c>
-[...13 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G422" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="B422" t="s">
-[...2 lines deleted...]
-      <c r="C422" t="s">
+      <c r="H422" t="s">
         <v>1541</v>
-      </c>
-[...13 lines deleted...]
-        <v>1543</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F423" t="s">
+        <v>935</v>
+      </c>
+      <c r="G423" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="B423" t="s">
-[...2 lines deleted...]
-      <c r="C423" t="s">
+      <c r="H423" t="s">
         <v>1545</v>
-      </c>
-[...13 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G424" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="B424" t="s">
-[...2 lines deleted...]
-      <c r="C424" t="s">
+      <c r="H424" t="s">
         <v>1549</v>
-      </c>
-[...13 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G425" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="B425" t="s">
-[...2 lines deleted...]
-      <c r="C425" t="s">
+      <c r="H425" t="s">
         <v>1553</v>
-      </c>
-[...13 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F426" t="s">
+        <v>935</v>
+      </c>
+      <c r="G426" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="B426" t="s">
-[...2 lines deleted...]
-      <c r="C426" t="s">
+      <c r="H426" t="s">
         <v>1557</v>
-      </c>
-[...13 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F427" t="s">
+        <v>49</v>
+      </c>
+      <c r="G427" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="B427" t="s">
-[...2 lines deleted...]
-      <c r="C427" t="s">
+      <c r="H427" t="s">
         <v>1561</v>
-      </c>
-[...13 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="D428" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E428" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F428" t="s">
         <v>935</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="H428" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="D429" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E429" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F429" t="s">
         <v>935</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="H429" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="D430" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E430" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F430" t="s">
         <v>935</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="H430" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="D431" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E431" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F431" t="s">
         <v>935</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
       <c r="H431" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="D432" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E432" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F432" t="s">
         <v>935</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="H432" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="D433" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E433" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F433" t="s">
         <v>935</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="H433" t="s">
-        <v>1587</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="D434" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E434" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F434" t="s">
         <v>935</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="H434" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="D435" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E435" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F435" t="s">
         <v>935</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="H435" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="D436" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E436" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F436" t="s">
         <v>935</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
       <c r="H436" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="D437" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E437" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F437" t="s">
         <v>935</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="H437" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="D438" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E438" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F438" t="s">
         <v>935</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="H438" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F439" t="s">
+        <v>935</v>
+      </c>
+      <c r="G439" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="B439" t="s">
-[...5 lines deleted...]
-      <c r="D439" t="s">
+      <c r="H439" t="s">
         <v>1609</v>
-      </c>
-[...10 lines deleted...]
-        <v>1612</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>17</v>
+        <v>1611</v>
       </c>
       <c r="D440" t="s">
-        <v>1609</v>
+        <v>1500</v>
       </c>
       <c r="E440" t="s">
-        <v>1610</v>
+        <v>1501</v>
       </c>
       <c r="F440" t="s">
         <v>935</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="H440" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F441" t="s">
+        <v>935</v>
+      </c>
+      <c r="G441" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="B441" t="s">
-[...5 lines deleted...]
-      <c r="D441" t="s">
+      <c r="H441" t="s">
         <v>1617</v>
-      </c>
-[...10 lines deleted...]
-        <v>1620</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F442" t="s">
+        <v>935</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H442" t="s">
         <v>1621</v>
-      </c>
-[...19 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="D443" t="s">
-        <v>1626</v>
+        <v>1500</v>
       </c>
       <c r="E443" t="s">
-        <v>1627</v>
+        <v>1501</v>
       </c>
       <c r="F443" t="s">
         <v>935</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1628</v>
+        <v>1624</v>
       </c>
       <c r="H443" t="s">
-        <v>1629</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>10</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H444" t="s">
         <v>1630</v>
       </c>
-      <c r="B444" t="s">
-[...2 lines deleted...]
-      <c r="C444" t="s">
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
         <v>1631</v>
       </c>
-      <c r="D444" t="s">
-[...5 lines deleted...]
-      <c r="F444" t="s">
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>10</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F445" t="s">
+        <v>117</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>17</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F446" t="s">
         <v>935</v>
       </c>
-      <c r="G444" s="1" t="s">
-[...3 lines deleted...]
-        <v>1633</v>
+      <c r="G446" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>10</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F447" t="s">
+        <v>49</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>17</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F448" t="s">
+        <v>100</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F449" t="s">
+        <v>935</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F450" t="s">
+        <v>935</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1656</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -17278,50 +17503,56 @@
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>