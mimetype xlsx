--- v0 (2025-12-19)
+++ v1 (2026-03-26)
@@ -54,2648 +54,2648 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_01-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_01-xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reforma da quadra de futebol do Bairro Santa Rita</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_02-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_02-xandinho.pdf</t>
   </si>
   <si>
     <t>Indica instalação de luminárias em postes da Rua Alcino Goyas</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Juliana Ananias</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/indicacao_03_ju.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/indicacao_03_ju.pdf</t>
   </si>
   <si>
     <t>Indica estudo para adaptação da Lei Federal nº 13.370 de 12 de Dezembro de 2016 que estende o direito à horário especial ao servidor público federal para uma Lei Municipal que assegure aos trabalhadores municipais o direito para cuidar de filho com deficiência de qualquer natureza.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Lequinho da Van</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/indicacao_04_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/indicacao_04_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica instalação de Pronto Socorro junto a Sede da Policlínica Municipal.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/indicacao_05_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/indicacao_05_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de Bueiro na Avenida Virgílio rodrigues de Oliveira. (próximo a JR Capotaria).</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/indicacao_06_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/indicacao_06_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de armários para alunos nas escolas municipais</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Mário Sidney Nolasco Júnior</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/indicacao_no_07_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/indicacao_no_07_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiário na quadra de esporte do córrego Pirapetinga. (Quadra de Esporte Jair Combat Valério).</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Sargento Edgar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/indicacao_08_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/indicacao_08_edgar.pdf</t>
   </si>
   <si>
     <t>Indica limpeza completa do Bairro Campestre.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Darci Braga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/indicacao_09_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/indicacao_09_darci.pdf</t>
   </si>
   <si>
     <t>Indica tratamento de hemodiálise na cidade de Manhumirim.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_10_mario_jr_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_10_mario_jr_cmm.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na área esportiva da cidade.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_11_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_11_-_darci.pdf</t>
   </si>
   <si>
     <t>Indica contratação de monitor escolar para acompanhamento no transporte escolar</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Dedé Motoboy</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_12_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_12_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica acessibilidade nos passeis públicos e praças de nosso município</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_no_13_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_no_13_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade jurídica para a redução da carga horária do cargo de Instrutores de Atividades no município de Manhumirim.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/indicacao_14_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/indicacao_14_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade financeira para a compra de um ônibus ou van para atender aos esportistas amadores do município de Manhumirim.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_15_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_15_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica limpeza da praça do Bairro Vivenda Vila Verde no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_16_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_16_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica transporte escolar nos bairros de nossa cidade</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_17_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_17_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica reforma e manutenção do Poliesportivo Públio Nolasco</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/indicacao_no_18_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/indicacao_no_18_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica fechamento do contorno ou logradouro para atividades de lazer.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/indicacao_no_19_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/indicacao_no_19_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica compra de um rolo e um compactador de solo para o Município.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Anderson Vidal Soares, Dedé Motoboy</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/indicacao_20_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/indicacao_20_-_dede.pdf</t>
   </si>
   <si>
     <t>indica pintura artística no muro de contenção da Rua Antônio Carlos próximo a Praça da Bíblia</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_21_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_21_dede.pdf</t>
   </si>
   <si>
     <t>Indica recapeamento asfáltico das Avenidas Agenor Carlos Werner e Avenida Raul Soares</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Sandro Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_22_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_22_sandro.pdf</t>
   </si>
   <si>
     <t>Indica calçamento na Serra dos pinheiros no Córrego Caatinga</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/indicacao_23_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/indicacao_23_-_darci.pdf</t>
   </si>
   <si>
     <t>Indica reparos no muro da Rua Nunes da Rosa.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/indicacao_no_24_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/indicacao_no_24_-_darci.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de bebedouro para o campo do Poço Fundo.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_25_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_25_mario.pdf</t>
   </si>
   <si>
     <t>Indica reestruturação da história de Manhumirim, através de contratação de historiador.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_25_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_25_mario.pdf</t>
   </si>
   <si>
     <t>Indica compra de blusas térmicas para os servidores públicos que fazem serviços externos.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/indicacao_27_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/indicacao_27_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica estudo para recomposição de perdas inflacionárias das diárias dos servidores da prefeitura</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/indicacao_28_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/indicacao_28_-_sandro.pdf</t>
   </si>
   <si>
     <t>indica reforma da Escola Drª Mari da conceição de Oliveira Ribeiro</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_no_29_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_no_29_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica conclusão das obras dos três portais de entrada da cidade.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_no_30_mario_jr._cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_no_30_mario_jr._cmm.pdf</t>
   </si>
   <si>
     <t>Indica funcionamento das creches no período de férias escolares.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/indicacao_31_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/indicacao_31_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica melhorias da iluminação pública, conserto de áreas de riscos, limpeza e manutenção das vias do Bairro São Vicente</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/indicacao_32_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/indicacao_32_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade para a inclusão das letras I, J, K, na tabela de progressão da carreira dos profissionais do Magistério</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/indicacao_33_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/indicacao_33_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiário com banheiros e instalação de bebedouro anexo ao Estádio João Miguel de Oliveira.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/indicacao_34_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/indicacao_34_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica melhorias em torno da Comunidade São Vicente no Bairro São Vicente.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/indicacao_35_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/indicacao_35_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica manutenção nas estradas e pontes do Córrego São Bento</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_36_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_36_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica limpeza do mato da Rua Jorge Caetano dos Santos, Bairro Nossa Senhora de Loudes. ( em frente ao PSF Lourdes)</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Anderson Vidal Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/indicacao_37_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/indicacao_37_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Rua Suely Damasceno no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/indicacao_38_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/indicacao_38_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Avenida Altair de oliveira ligando a Rua Clovis Linhares fraga, proximo ao antigo IBC</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_39_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_39_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica calçamento na localidade conhecida como "morro dos morais" no córrego do Rio claro</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_40_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_40_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica calçamento da Avenida Moacir de Castro Souza</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Alexsandro Lemos</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indica melhorias no calçamento do Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Indica limpeza do rio que corta o Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_43_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_43_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica lixeiras para as ruas da cidade.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_44_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_44_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica arborização nas ruas da cidade.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/indicacao_no_45_anderson_vidal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/indicacao_no_45_anderson_vidal.pdf</t>
   </si>
   <si>
     <t>Indica manutenção da estrada que liga o córrego do Ouro ao Córrego Caatinga</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/indicacao_no_46__anderson_vidal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/indicacao_no_46__anderson_vidal.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da ponte do Córrego Caatinga, próximo a propriedade dos irmãos Martins</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/indicacao_no_48_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/indicacao_no_48_-_lequinho.pdf</t>
   </si>
   <si>
     <t>indica instalação de corrimão na Rua João Pereira da Silva no bairro N. Senhora da Penha</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/indicacao_no_49_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/indicacao_no_49_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça de convivência ao lado campinho do Bairro Mangueiras</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/indicacao_50_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/indicacao_50_darci.pdf</t>
   </si>
   <si>
     <t>Indica mutirão de servidores para conter o avanço da dengue no Município.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_51_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_51_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica contratação de profissionais de esporte para a Praça de Esportes José Nolasco.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/indicacao_52_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/indicacao_52_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica construção de mirantes.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_53_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_53_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica patrolamento da Serra do Córrego Pirapetinga, local conhecido como Serra Teresinha Lamy Zaluar (Teresinha do pó de café)</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_54_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_54_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de pista de Skate em nossa cidade</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_55_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_55_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica limpeza de acúmulo de lixo e entulho na Rua José Augusto Dutra, Bairro Campestre</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_56_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_56_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica incorporação de adicional de insalubridade aos motoristas da prefeitura Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_57_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_57_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica melhorias do acesso de pedestres (calçada) que liga a Avenida Jacinto Antônio Silva (Trevo saída para Martins Soares) ao Bairro Nossa Senhora da Penha e Bairro Morada Nova.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_58_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_58_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça de lazer e esportes no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_n_59_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_n_59_edgar.pdf</t>
   </si>
   <si>
     <t>Indica instalação de placas de sinalização no Bairro Nossa Senhora Aparecida – próximo à Igreja Católica e Mercearia Sr. Dalilo.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_n_60_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_n_60_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica criação de sistema de avaliação dos serviços prestados no Pronto Socorro.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_n_61_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_n_61_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça no Bairro do Campestre.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_n_62_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_n_62_edgar.pdf</t>
   </si>
   <si>
     <t>Indica instalação de iluminação pública na Rua Novo Horizonte, conhecida popularmente como "Rua do Buraco", que liga o Bairro Divinéia ao Bairro Santa Rita.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/indicacao_63_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/indicacao_63_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica aulas de Zumba para as comunidades do Bairro Campestre, Bairro Vila Rica e Córrego do Lessa na quadra da Escola Municipal Alair José Dias</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/indicacao_64_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/indicacao_64_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica divulgação e criação de núcleos de Saúde mental nos PSFs do Município de Manhumirim</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/indicacao_65_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/indicacao_65_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de área de convivência no local conhecido como loteamento José Vidal, na junção das rus Maria Vidal Rodrigues e rua Nelzi Campos Rodrigues</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Benísio Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/indicacao_66_-_benisio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/indicacao_66_-_benisio.pdf</t>
   </si>
   <si>
     <t>Indica construção de área de convivência no local conhecido como loteamento José Vidal, na junção das ruas Maria Vidal Rodrigues e Rua Nelzi Campos Rodrigues.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/indicacao_67_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/indicacao_67_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento da Rua Ilvarina Gonçalves da Silva – no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/indicacao_68_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/indicacao_68_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indicação de modificação de rotas e instalação de placas de sinalização para segurança escolar, nas proximidades da Escola Dra. Maria da Conceição.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_69_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_69_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da quadra de esportes da cabeceira da Santinha (local conhecido como Santinha).</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Indica limpeza de pista de caminhada Lulu Albuquerque no Bairro Divineia</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/docind7109200820240515174240.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/docind7109200820240515174240.pdf</t>
   </si>
   <si>
     <t>Indica limpeza e troca de lâmpadas da Praça Marcelo Irineu no Bairro Divineia</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_72_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_72_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de praça  no final da Rua 7 de setembro, próximo ao supermercado Jacaré</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2552/indicacao_73_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2552/indicacao_73_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento nas proximidades da residência do Sr. Sergio Pechara</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_74_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_74_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica criação de calendários de execução de obras das estradas rurais do município.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_75_-_mario_jr..cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_75_-_mario_jr..cmm.pdf</t>
   </si>
   <si>
     <t>Indica Compra de materiais para a Academia da Saúde do Bairro do Roque.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_76_ver_edigar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_76_ver_edigar.pdf</t>
   </si>
   <si>
     <t>Indica iluminação pública na Rua 19 de março (acesso às Ruas Manoel Barbosa e Roque Porcaro Júnior.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2563/indicacao_77_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2563/indicacao_77_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada de pedestres na Rua Nunes da Rosa</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao78_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao78_darci.pdf</t>
   </si>
   <si>
     <t>Indica reforma de muro no Bairro Nossa Senhora de Lourdes. (PSF)</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2566/indicacao_79_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2566/indicacao_79_juliana.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada e grade de proteção no Muro da Avenida Teófilo Tostes, Vila Isabel no Centro.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/indicacao_80_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/indicacao_80_juliana.pdf</t>
   </si>
   <si>
     <t>Indica calçamento do trecho entre o Bar e Restaurante da Odete até a Rua Alexandre Fulanete Barbosa.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_81_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_81_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica limpeza e manutenção da escada hidráulica da Rua São José – Santa Rita.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/indicacao_82_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/indicacao_82_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparo e manutenção do calçamento no entroncamento da Rua Madre Beatriz com a Rua Alfredo Lima (próximo ao laboratório São Lourenço).</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/indicacao_83_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/indicacao_83_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica recapeamento da pavimentação asfáltica na Rua 19 de março (acesso às Ruas Manoel Barbosa e Rua Dante Porcaro Júnior).</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_84_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_84_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica asfaltamento das avenidas centrais de nossa Cidade</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Indica o estudo de viabilidade financeira para a adesão de Plano de Saúde para os Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/indicacao_no_86_-_mario_jr..cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/indicacao_no_86_-_mario_jr..cmm.pdf</t>
   </si>
   <si>
     <t>Indica vagas de emprego temporário.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/indicacao_no_87_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/indicacao_no_87_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica contratação de engenheiro de trânsito para o Município.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no_88_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no_88_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica reestruturação do coreto da praça padre julio maria.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/indicacao_no_89_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/indicacao_no_89_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Indica reestruturação do cemitério.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/indicacao_no_90_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/indicacao_no_90_-_darci.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na Rua Irmã Olinda, no bairro das Mangueiras.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2600/indiacao_no_91_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2600/indiacao_no_91_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparo e manutenção na passarela que liga Rua 7 de setembro ao Bairro Santa Rita.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2599/indicacao_92_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2599/indicacao_92_edgar.pdf</t>
   </si>
   <si>
     <t>Indicar à Secretaria de Obras a necessidade de patrolamento, nivelamento e melhoria das vias da estrada rural na Serra dos Correias, Córrego Pirapetinga.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2608/indicacao_no_93_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2608/indicacao_no_93_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da iluminação pública da Praça Marisa Fully Coelho e da Placa que contem a foto da Miss Marisa Fully.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2610/indicacao_94_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2610/indicacao_94_mario.pdf</t>
   </si>
   <si>
     <t>Indica instalação de grade do muro que cerca a praça Pe. Júlio Maria no entorno do parquinho.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2612/indicacao_no_95_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2612/indicacao_no_95_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica limpeza das canaletas nas margens do calçamento da serra dos corrêa.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2613/indicacao_96_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2613/indicacao_96_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de rede pluvial na Rua Otávio Antônio Lemos, Bairro N. Senhora Aparecida.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2614/indicacao_97_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2614/indicacao_97_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparo e manutenção no calçamento da Rua Santa Luzia, acesso ao Bairro Mangueiras.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2616/indicacao_no_98_-_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2616/indicacao_no_98_-_dede.docx</t>
   </si>
   <si>
     <t>Indica limpeza das margens do rio jequitibá.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2619/indicacao_no_99_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2619/indicacao_no_99_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão da cabeça da Ponte do Córrego Pirapetinga (proximidades da ponte de areia)</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2620/indicacao_no_100_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2620/indicacao_no_100_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão da cabeça da ponte do córrego ventania (próximo a propriedade do Sr. Arlindo Reis, sentido AMAR)</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_no_101_-_mario_junior.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_no_101_-_mario_junior.cmm.pdf</t>
   </si>
   <si>
     <t>Indica providências para a Secretaria M. Cultura para cantata de Natal.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Indica revitalização da praça Getúlio Vargas e Praça Dom Felipe.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_no_103_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_no_103_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de caixas de contenção em terreno aos fundos da Escola Normal Santa Teresinha.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2626/indicacao_no_104_-_mario_junior.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2626/indicacao_no_104_-_mario_junior.cmm.pdf</t>
   </si>
   <si>
     <t>Indica providências para melhorar a arrecadação municipal.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2631/indicacao_no_105_-_mario_junior.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2631/indicacao_no_105_-_mario_junior.cmm.pdf</t>
   </si>
   <si>
     <t>Indica colocação de traves e mastro para peteca e vôlei  na área do Estádio Municipal.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_no_106_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_no_106_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de guarda mão da ponte próximo as 3 encruzilhadas</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_no_107_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_no_107_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica retirada de tubulões e melhorias na estrutura de ponte no Córrego Caatinga</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao_no_108_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao_no_108_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica transporte para alunos que cursam ensino superior fora do Município de Manhumirim.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mocao_01.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mocao_01.pdf</t>
   </si>
   <si>
     <t>Moção de apoio a aprovação da Emenda à Constituição do Estado de Minas Gerais</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/mocao_02_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/mocao_02_xandinho.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao requerimento de Comissão 7.318/2024 da Dep. Beatriz Cerqueira - PT</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/mocao_03_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/mocao_03_rodrigo.pdf</t>
   </si>
   <si>
     <t>Congratula o Moto Clube Aguias de Aço MG-111.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/mocao_04_-_congratula_anderson_sngy.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/mocao_04_-_congratula_anderson_sngy.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Anderson Sangy da Silva</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/mocao_05-_congratula_fabio_feres.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/mocao_05-_congratula_fabio_feres.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Fabio Assad Féres Rodrigues</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/mocao_06_-_congratulacao_ver_mario.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/mocao_06_-_congratulacao_ver_mario.cmm.pdf</t>
   </si>
   <si>
     <t>“Congratula o Centro de Treinamento Escola Sabinos Team”.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/mocao_07_-congratula_lions_clube.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/mocao_07_-congratula_lions_clube.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O LIONS CLUBE DE MANHUMIRIM</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/mocao_08_-__congratula_o_sr._kildreson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/mocao_08_-__congratula_o_sr._kildreson.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Kildreson Danrlei Soares</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/mocao_09_-_congratula_thamara_correa_knup.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/mocao_09_-_congratula_thamara_correa_knup.pdf</t>
   </si>
   <si>
     <t>Congratula a Senhora Thamara Torres Corrêa Knup</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/mocao_10_-_congratula_sebastiao_januario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/mocao_10_-_congratula_sebastiao_januario.pdf</t>
   </si>
   <si>
     <t>Congratula o Senhor Sebastião Jorge Januario</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/mocao_11_-_congratula_sergio_quintino.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/mocao_11_-_congratula_sergio_quintino.cmm.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Sergio Luiz Quintino.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/mocao_12_-_congratula_josimar_de_moura_veiga.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/mocao_12_-_congratula_josimar_de_moura_veiga.pdf</t>
   </si>
   <si>
     <t>Congratula o Senhor Josimar de Moura Veiga</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/mocao_13_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/mocao_13_rodrigo.pdf</t>
   </si>
   <si>
     <t>Congratula o Senhor Evaldo Dias Heringer.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/mocao_14_-_congratula_weslei_guilherme_de_paula.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/mocao_14_-_congratula_weslei_guilherme_de_paula.docx</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR WESLEY GUILHERME DE PAULA</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/mocao_15_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/mocao_15_xandinho.pdf</t>
   </si>
   <si>
     <t>“Congratula o Sr. Robison da Silva”.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/mocao_16_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/mocao_16_rodrigo.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª. Laura Odete Fulanete Ramos.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/mocao_17_-_congratula_janio_rodrigues_de_paula.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/mocao_17_-_congratula_janio_rodrigues_de_paula.pdf</t>
   </si>
   <si>
     <t>Congratula Jânio Rodrigues de Paula</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2629/mocao_n._18_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2629/mocao_n._18_darci.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. André Farrath de Oliveira.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2630/mocao_n_19_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2630/mocao_n_19_darci.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª. Andréia Gomes Bussinger.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Sérgio Borel Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/projeto_de_lei_piso_magisterio_2024.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/projeto_de_lei_piso_magisterio_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação do reajuste do piso nacional do magistério, conforme a Portaria Interministerial n.º 07/2023 do MF/MEC.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2412/pl_01-2024_-_desconcentracao_administrativa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2412/pl_01-2024_-_desconcentracao_administrativa.pdf</t>
   </si>
   <si>
     <t>Dispões acerca da desconcentração da Administração direta do Município de Manhumirim e dá ouras providências.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/pl_02_-_denomina_a_serra_do_pirapetinga_-_serra_do_joao_custodio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/pl_02_-_denomina_a_serra_do_pirapetinga_-_serra_do_joao_custodio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Serra do Córrego Pirapetinga - “Serra João Silvestre Ferreira (João Custódio)”.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>Anderson Vidal Soares, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/pl_04_auxilio__alimentacao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/pl_04_auxilio__alimentacao.pdf</t>
   </si>
   <si>
     <t>“Fixa a recomposição de perdas ao Auxilio Alimentação dos Servidores da Câmara Municipal de Manhumirim”.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/pl_05_revisao_salarial_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/pl_05_revisao_salarial_cmm.pdf</t>
   </si>
   <si>
     <t>“Concede revisão geral anual na remuneração dos Servidores do Legislativo Municipal, nos termos do artigo 37 inciso X da Constituição Federal e dá outras providencias.”</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/pl_06_-_cria_a_ouvidoria_geral_da_camara_municipal_de_manhumirim.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/pl_06_-_cria_a_ouvidoria_geral_da_camara_municipal_de_manhumirim.cmm.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORA-GERAL DA CÂMARA MUNICIPAL DE MANHUMIRIM – MG E DISPÕE SOBRE SUAS ATRIBUIÇÕES E ESTRUTURA ADMINISTRATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/pl_07_-_modifica_a_lei_1261.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/pl_07_-_modifica_a_lei_1261.cmm.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI 1.261 QUE “CRIA ÓRGÃOS, CARGOS E VENCIMENTOS, ORGANIZA E ESTRUTURA OS DIVERSOS SERVIÇOS ADMINISTRATIVOS NECESSÁRIOS À CÂMARA MUNICIPAL DE MANHUMIRIM, ESTRUTURA E ORGANIZA ROTINAS ADMINISTRATIVAS DA SECRETARIA, E DÁ OUTRAS PROVIDÊNCIAS” E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/pl_08_declara_de_utilidade_publica_o_conselho_comunitario_de_seguranca_publica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/pl_08_declara_de_utilidade_publica_o_conselho_comunitario_de_seguranca_publica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica o conselho de segurança pública e dá outras providências</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/pl_09_ratifica_cisab.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/pl_09_ratifica_cisab.pdf</t>
   </si>
   <si>
     <t>Ratifica a alteração, pelo Município de Manhumirim – MG, do contrato de consórcio público do Consórcio Intermunicipal de Saneamento Básico da Zona da Mata – CISAB ZONA DA MATA.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/pl_10_manhumirim_-_ldo_2025.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/pl_10_manhumirim_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/pl_11_-_dispoe_sobre_a_prevencao_a_mulher_vitma_de_violencia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/pl_11_-_dispoe_sobre_a_prevencao_a_mulher_vitma_de_violencia.pdf</t>
   </si>
   <si>
     <t>Institui a politica de atendimento à mulher vitima de violência no município de Manhumirim</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/projeto_de_lei_12-2024_-_alteracao_art_16_17_18__plano_diretor.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/projeto_de_lei_12-2024_-_alteracao_art_16_17_18__plano_diretor.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 16; 17 e 18 da Lei Municipal nº 1.360, de 09 de outubro de 2006, que dispõe sobre o Plano Diretor Participativo do Município de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_lei_altera_o_estatuto_municipal_do_idoso.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_lei_altera_o_estatuto_municipal_do_idoso.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º e 31 da Lei Municipal n.º 1.260/2003, revoga o artigo 32 da Lei Municipal n.º 1.260/2003 e dá outras providências.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/projeto_de_lei_fundo_municipal_do_idoso.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/projeto_de_lei_fundo_municipal_do_idoso.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal do Idoso e dá outras providências</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2585/pl_15_-_denomina_rua_moacir_de_castro_souza.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2585/pl_15_-_denomina_rua_moacir_de_castro_souza.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Moacir de Castro Souza</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2586/pl_16_-_denomin_rua_renata_elisa_portes.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2586/pl_16_-_denomin_rua_renata_elisa_portes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Denominação da Rua Renata Elisa Portes</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/pl_17_-_denomina_bairro_cary_louback_tavares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/pl_17_-_denomina_bairro_cary_louback_tavares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Denominação do Bairro Pr. Cary Louback Tavares</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2602/pl_18_-_subsidio_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2602/pl_18_-_subsidio_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Fixa, nos termos do art. 29, V, da Constituição Federal, subsídio do Prefeito, Vice e Secretários Municipais para o mandato de 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2603/pl_19_-_projeto_de_lei_-_subsidio_vereadores.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2603/pl_19_-_projeto_de_lei_-_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos vereadores da Câmara M. Manhumirim, Estado de Minas Gerais, para a legislatura 2025 a 2028.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2606/pl_20_-_dispoe_sobre_a_denominacao_do_cemiterio_municipal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2606/pl_20_-_dispoe_sobre_a_denominacao_do_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do cemitério municipal de Manhumirim. "Cemitério Municipal José Maximiano de Carvalho"</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2607/pl_21_-_dispoe_sobre_a_correicao_de_logradouros_publicos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2607/pl_21_-_dispoe_sobre_a_correicao_de_logradouros_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correição de logradouro público</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2609/loa_2025_-_justificativa_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2609/loa_2025_-_justificativa_1.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro_x000D_
 de 2025.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2627/projeto_de_lei_municipal_-_institui_o_refis_manhumirim.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2627/projeto_de_lei_municipal_-_institui_o_refis_manhumirim.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal do  Município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2628/pl_24_municipal__-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_-_rua_namir_guimaraes.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2628/pl_24_municipal__-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_-_rua_namir_guimaraes.cmm.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre correição de denominação de logradouro público Rua Namir Guimarães.”</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/pr_01_subsidios_vereador.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/pr_01_subsidios_vereador.pdf</t>
   </si>
   <si>
     <t>Fixa a recomposição dos subsídios dos Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>dispõe sobre pedido de reexame. Prestação de contas do executivo municipal exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>PPLO</t>
   </si>
   <si>
     <t>Proposição de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/ppl_1896.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/ppl_1896.pdf</t>
   </si>
   <si>
     <t>Declara de utililidade pública o conselho comunitário de segurança pública.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/requerimento_01-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/requerimento_01-xandinho.pdf</t>
   </si>
   <si>
     <t>Requer seja criado uma comissão de professores e profissionais da educação, para estudo e elaboração do novo Plano decenal da Educação</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/requerimento_02_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/requerimento_02_darci.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre iluminação de quadra no Córrego Poço Fundo, neste Município.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/requerimento_03_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/requerimento_03_-_edgar.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a emenda parlamentar destinada a este município no valor de 136.527,00, na data de abril de 2021, ao fundo municipal de saúde de Manhumirim.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/requerimento_no_04_mario_jr_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/requerimento_no_04_mario_jr_cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: Solicita informações e convocação da Secretaria M. de Esporte Lazer e Cultura.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/requerimento_no_05_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/requerimento_no_05_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: Solicita informações os números da dengue no município de Manhumirim.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_06_ju.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_06_ju.pdf</t>
   </si>
   <si>
     <t>Requer Informações das Secretarias responsáveis sobre a Insalubridade dos Serventes Escolares e o estudo do pagamento da Periculosidade. Requer a LTCAT atualizada.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_07_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_07_edgar.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre emenda parlamentar ao fundo municipal de saúde no valor de R$ 187.382,25, enviada pelo Deputado Estadual Sargento Rodrigues, datado de 21/07/2023.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/requerimento_08_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/requerimento_08_sandro.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre obra da quadra no Bairro Nossa Senhora de Lourdes.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_no_09_-_mario_jr._cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_no_09_-_mario_jr._cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre folha de pagamento de funcionários da Prefeitura Municipal de Manhumirim.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/requerimento_no_10_-_mario_jr_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/requerimento_no_10_-_mario_jr_cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: planilhas de gastos da prefeitura.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/requerimento_no_11_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/requerimento_no_11_darci.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre utilização de verba de emenda parlamentar impositiva ao Município de Manhumirim.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/requerimento_no_12_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/requerimento_no_12_-_darci.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre utilização de verba de emenda parlamentar impositiva do Deputado Bráulio Braz ao Município de Manhumirim.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no_13_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no_13_juliana.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a folha referente ao pagamento dos incentivos dos agentes de saúde no ano de 2023.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/requerimento_14_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/requerimento_14_lemos.pdf</t>
   </si>
   <si>
     <t>Requer informações  sobre emenda parlamentar do Dep. Grego da Fundação.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/requerimento_no_15_-_mario_jr_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/requerimento_no_15_-_mario_jr_cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre emissão de alvarás no exercício de 2023.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/requerimento_no_16_-_mario_jr_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/requerimento_no_16_-_mario_jr_cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre frota de veículos do município.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/requerimento_17_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/requerimento_17_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Av. Agenor Carlos Werner.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/requerimento_17_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/requerimento_17_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre patrimônio arquitetônico e histórico da cidade.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/requerimento_no_19_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/requerimento_no_19_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre os portais de entrada da cidade.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/requerimento_no_20_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/requerimento_no_20_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Secretaria M. Educação sobre a Creche M. Dr. Orbino.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/requerimento_21_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/requerimento_21_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os pontos do apoio do Bairro Campestre e do Bairro Magueiras</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/requerimento_22_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/requerimento_22_-_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre o cumprimento da LEI Federal Nº 13.935 DE 2019 que Dispõe sobre a prestação de serviços de psicologia e de serviço social nas redes públicas de educação básica. E solicita informações sobre a formação de Equipe Multidisciplinar com Fonoaudiólogos; Psicopedagogos; Terapeutas Ocupacionais e Neuropediatra para atendimento a Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/requerimento_23_-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/requerimento_23_-xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre projeto de posteamento e instalação de rede de alta/baixa tensão da MG - 111, próximo a subestação da Energisa</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>REQUER: relação das Emendas Parlamentares pagas, empenhadas e a pagar de todos os Deputados nos anos de 2022, 2023, 2024.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_no_25_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_no_25_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da fiscalização nas ruas da cidade.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/requerimento_26_-_anderson_vidal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/requerimento_26_-_anderson_vidal.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre veículos adquirido para o SAAE</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_27_-_anderson_vidal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_27_-_anderson_vidal.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre veículos da frota do Município de Manhumirim.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/requerimento_28_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/requerimento_28_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Creche Celsino Franco</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/rquerimento_29_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/rquerimento_29_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os professores de Educação Física</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/requerimento_no_30-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/requerimento_no_30-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: Convocação de Secretário da Saúde e responsável pelo setor de endemias.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_-_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre área de servidão.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/requerimento_32_-_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/requerimento_32_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre processo de aquisição de tubos de pvc</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/requerimento_33_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/requerimento_33_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre ICMS cultural, turístico e patrimonial</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/requerimento_34_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/requerimento_34_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o estudo para a implantação do transporte escolar para atendimento dos alunos do Bairro mangueiras</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/requerimento_no_35_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/requerimento_no_35_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o plano de cargos e salários dos servidores da Prefeitura Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/requerimento_36_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/requerimento_36_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Readequação da Lei Municipal nº 1.360 de 09 de outubro de 2006.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/docreq3709200920240515174306.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/docreq3709200920240515174306.pdf</t>
   </si>
   <si>
     <t>Informações sobre o transporte circular de passageiros em nossa cidade</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_no_38_-_mario_jr..cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_no_38_-_mario_jr..cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre execução das obras da Praça Padre Júlio Maria e construção da quadra de esportes anexo ao PSF Gracianos.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/requerimento_no_39_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/requerimento_no_39_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o chamamento público da lei Paulo Gustavo</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2565/requerimento_no_40_-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2565/requerimento_no_40_-xandinho.pdf</t>
   </si>
   <si>
     <t>Requer estudo sobre normativa de transferência de titularidade nos hidrômetros.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_41_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_41_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre a implementação da Lei Municipal nº 1.841/2022 de 11 de maio de 2022 que “Cria o programa Aprender para Salvar”, na educação escolar pública e privada em todo o Município e dá outras providências.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/requerimento_40_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/requerimento_40_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre o Planejamento e Execução de Melhorias do Planejamento da Defesa Civil para o período de Julho de 2024 à Março de 2025.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>Requer Urgência na Reposta do Requerimento nª 6/2024: Requer Informações das Secretarias responsáveis sobre a Insalubridade dos Serventes Escolares e o estudo do pagamento da Periculosidade e o Requerimento nº 13/2024 que Solicita informações sobre a folha referente ao pagamento dos incentivos dos agentes de saúde no ano de 2023.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/requerimento_no_44_-_alexandre_e_mario.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/requerimento_no_44_-_alexandre_e_mario.cmm.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre descarte de resíduos sólidos do município de Manhumirim.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/requerimento_no_45_-_mario_e_alexandre.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/requerimento_no_45_-_mario_e_alexandre.cmm.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre endividamento do município de Manhumirim.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/requerimento_no_46_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/requerimento_no_46_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: Estudo da viabilidade financeira por parte das Secretarias competentes para a compra dos EPI’s, para os funcionários da Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/requerimento_no_47_-_mario.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/requerimento_no_47_-_mario.cmm.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre área próxima ao cemitério.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2611/requerimento_50_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2611/requerimento_50_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações termino da reforma da praça Pe. Júlio Maria.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2615/requerimento_51_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2615/requerimento_51_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre Programa REURB do município de Manhumirim.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2617/requerimento_no_52_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2617/requerimento_no_52_dede.docx</t>
   </si>
   <si>
     <t>Requer informações sobre regularização fundiária.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_no_53_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_no_53_dede.docx</t>
   </si>
   <si>
     <t>Requer informações sobre fretamento de vans.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_no_55_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_no_55_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>Requer informações do Gabinete do Prefeito sobre a empresa Versa.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2622/requerimento_no_56_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2622/requerimento_no_56_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer convocação de secretário ou contador para debater a LOA / 2025.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2632/requerimento_no_57_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2632/requerimento_no_57_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a frota municipal</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2633/requerimento_no_58_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2633/requerimento_no_58_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre folha de pagamento de funcionários da prefeitura</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2641/requerimento_no_59_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2641/requerimento_no_59_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o percentual executado de cada Secretaria Municipal.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2642/requerimento_no_60_-_mario_jr.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2642/requerimento_no_60_-_mario_jr.cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o número de marmitas distribuídas pela Prefeitura.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_no_61_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_no_61_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Secretaria M. Saúde sobre dengue e vacinação.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>SPL</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2646/substitutivo_1_pl_22_orcamento_2025_e_anexos_1_2.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2646/substitutivo_1_pl_22_orcamento_2025_e_anexos_1_2.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/lei_municipal_no_1887_-_2024_-_institui_politica_publica_protecao_e_ampliacao_dos_direitos_das_pessoas_com_transtorno_do_espectro_autista.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/lei_municipal_no_1887_-_2024_-_institui_politica_publica_protecao_e_ampliacao_dos_direitos_das_pessoas_com_transtorno_do_espectro_autista.cmm.pdf</t>
   </si>
   <si>
     <t>Institui sobre Política Pública do Município de Manhumirim, para garantia, proteção e ampliação dos direitos das pessoas com Transtorno do Espectro Autista (TEA) e seus familiares.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/lei_municipal_no_1892_-_2024_-_utilidade_publica_o_conselho_comunitario_de_seguranca_publica.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/lei_municipal_no_1892_-_2024_-_utilidade_publica_o_conselho_comunitario_de_seguranca_publica.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/lei_municipal_no_1893_-_2024_-_denominacao_da_serra_do_corrego_pirapetinga_-_serra_joao_silvestre_ferreira_joao_custodio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/lei_municipal_no_1893_-_2024_-_denominacao_da_serra_do_corrego_pirapetinga_-_serra_joao_silvestre_ferreira_joao_custodio.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação da Serra do Córrego Pirapetinga - "Serra João Silvestre Ferreira (João Custódio)".</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2597/lei_municipal_no_1894_-_2024_-_altera_os_artigos_1o_e_31_da_lei_municipal_n.o_1.260-2003.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2597/lei_municipal_no_1894_-_2024_-_altera_os_artigos_1o_e_31_da_lei_municipal_n.o_1.260-2003.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º e 31 da Lei Municipal n.º 1.260/2003, revoga o artigo 32 da Lei Municipal n.º 1.260/2003 e dá outras providências</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2598/lei_municipal_no_1895_-_2024_-_cria_o_fundo_municipal_do_idoso_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2598/lei_municipal_no_1895_-_2024_-_cria_o_fundo_municipal_do_idoso_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal do Idoso e dá outras providências.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2604/lei_municipal_no_1899_-_2024_-_institui_a_politica_de_atendimento_a_mulher_vitima_de_violencia.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2604/lei_municipal_no_1899_-_2024_-_institui_a_politica_de_atendimento_a_mulher_vitima_de_violencia.pdf</t>
   </si>
   <si>
     <t>“Institui a política de atendimento à mulher vítima de violência no município de Manhumirim”.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2635/lei_municipal_no_1900_-_2024_-_denomina_cemiterio_municipal_-_cemiterio_municipal_jose_maximiano_de_carvalho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2635/lei_municipal_no_1900_-_2024_-_denomina_cemiterio_municipal_-_cemiterio_municipal_jose_maximiano_de_carvalho.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação do cemitério municipal de Manhumirim “Cemitério Municipal José Maximiano de Carvalho”.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2636/lei_municipal_no_1901_-_2024_-_institui_o_programa_de_recuperacao_fiscal_do_municipio_de_manhumirim_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2636/lei_municipal_no_1901_-_2024_-_institui_o_programa_de_recuperacao_fiscal_do_municipio_de_manhumirim_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal do Município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2637/lei_municipal_no_1902_-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_rua_namir_guimaraes.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2637/lei_municipal_no_1902_-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_rua_namir_guimaraes.pdf</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/portaria_383_-_nomeia_servidores_que_menciona.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/portaria_383_-_nomeia_servidores_que_menciona.docx</t>
   </si>
   <si>
     <t>Nomeia servidores da Câmara M. Manhumirim.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/portaria_384_estabelece_escala_de_servidores_no_recesso.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/portaria_384_estabelece_escala_de_servidores_no_recesso.pdf</t>
   </si>
   <si>
     <t>"Estabelece o regime de Plantão durante o Recesso Legislativo"</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2419/portaria_385_calendario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2419/portaria_385_calendario.pdf</t>
   </si>
   <si>
     <t>Fica o calendário legislativo da CMM para o ano de 2024.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/portaria_386_-_nomeia_servidores_que_menciona.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/portaria_386_-_nomeia_servidores_que_menciona.pdf</t>
   </si>
   <si>
     <t>Nomeia os servidores da câmara Municipal de Manhumirim para as funções que menciona.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/portaria_387__-_nomeia_vereadores_conselho_turismo.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/portaria_387__-_nomeia_vereadores_conselho_turismo.cmm.pdf</t>
   </si>
   <si>
     <t>Nomeia vereadores da CMM para o Conselho M. Turismo (COMTUR).</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/portaria_388_semana_santa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/portaria_388_semana_santa.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara na semana santa._x000D_
 (recesso na Câmara Municipal de Manhumirim no dia 28 quinta-feira, no mês de março)</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/portaria_389_-_altera_o_caledario_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/portaria_389_-_altera_o_caledario_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/portaria_no_390_-_altera_o_calendario_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/portaria_no_390_-_altera_o_calendario_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal em razão do feriado de Corpus Christi</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2605/portaria_no391_-_altera_o_calendario_da_camara.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2605/portaria_no391_-_altera_o_calendario_da_camara.cmm.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim no mês de agosto.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2634/portaria_no392_-_altera_o_calendario_novembro_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2634/portaria_no392_-_altera_o_calendario_novembro_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal de Manhumirim no mês de novembro.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2645/portaria_no393_-_suplementacao_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2645/portaria_no393_-_suplementacao_da_camara.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar ao orçamento da Câmara M. Manhumirim R$40.000,00.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2647/portaria_no394_-_transicao_legislativa.pdf_assinado.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2647/portaria_no394_-_transicao_legislativa.pdf_assinado.pdf</t>
   </si>
   <si>
     <t>“Estabelece as regras para transição da legislatura 2021/2024 para 2025/2028”.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2648/portaria_no395_-_altera_o_calendario_da_camara.cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2648/portaria_no395_-_altera_o_calendario_da_camara.cmm.pdf</t>
   </si>
   <si>
     <t>“Altera o calendário da Câmara Municipal de Manhumirim no mês de dezembro - recesso”.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2649/portaria_396_exonera.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2649/portaria_396_exonera.pdf</t>
   </si>
   <si>
     <t>Exonera os servidores da Câmara M. Manhumirim que menciona.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2650/portaria_397_ferias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2650/portaria_397_ferias.pdf</t>
   </si>
   <si>
     <t>Regulamenta a escala de férias para o ano de 2025 dos servidores da Câmara M. Manhumirim.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto Total a Proposição de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2638/veto_1_-_2024_-_projeto_de_lei_1.905-2024_rua_aristides_braga.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2638/veto_1_-_2024_-_projeto_de_lei_1.905-2024_rua_aristides_braga.pdf</t>
   </si>
   <si>
     <t>Veto 1/2024 do Proposição de Lei nº 1.905/2024 - Em conformidade com o disposto no art. 52, II, da Lei Orgânica do Município, apresento VETO TOTAL ao Projeto de Lei nº 1.905/2024, que dispõe sobre a correição de denominação de logradouro público Rua Aristides Braga.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3002,67 +3002,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_01-xandinho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_02-xandinho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/indicacao_03_ju.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/indicacao_04_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/indicacao_05_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/indicacao_06_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/indicacao_no_07_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/indicacao_08_edgar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/indicacao_09_darci.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_10_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_11_-_darci.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_12_-_dede.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_no_13_juliana.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/indicacao_14_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_15_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_16_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_17_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/indicacao_no_18_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/indicacao_no_19_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/indicacao_20_-_dede.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_21_dede.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_22_sandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/indicacao_23_-_darci.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/indicacao_no_24_-_darci.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_25_mario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_25_mario.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/indicacao_27_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/indicacao_28_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_no_29_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_no_30_mario_jr._cmm.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/indicacao_31_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/indicacao_32_juliana.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/indicacao_33_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/indicacao_34_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/indicacao_35_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_36_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/indicacao_37_-_dede.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/indicacao_38_-_dede.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_39_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_40_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_43_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_44_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/indicacao_no_45_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/indicacao_no_46__anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/indicacao_no_48_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/indicacao_no_49_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/indicacao_50_darci.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_51_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/indicacao_52_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_53_-_dede.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_54_-_dede.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_55_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_56_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_57_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_58_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_n_59_edgar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_n_60_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_n_61_lequinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_n_62_edgar.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/indicacao_63_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/indicacao_64_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/indicacao_65_-_dede.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/indicacao_66_-_benisio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/indicacao_67_-_dede.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/indicacao_68_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_69_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/docind7109200820240515174240.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_72_-_dede.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2552/indicacao_73_-_dede.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_74_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_75_-_mario_jr..cmm.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_76_ver_edigar.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2563/indicacao_77_-_dede.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao78_darci.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2566/indicacao_79_juliana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/indicacao_80_juliana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_81_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/indicacao_82_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/indicacao_83_-_dede.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_84_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/indicacao_no_86_-_mario_jr..cmm.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/indicacao_no_87_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no_88_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/indicacao_no_89_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/indicacao_no_90_-_darci.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2600/indiacao_no_91_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2599/indicacao_92_edgar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2608/indicacao_no_93_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2610/indicacao_94_mario.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2612/indicacao_no_95_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2613/indicacao_96_xandinho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2614/indicacao_97_xandinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2616/indicacao_no_98_-_dede.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2619/indicacao_no_99_-_dede.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2620/indicacao_no_100_-_dede.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_no_101_-_mario_junior.cmm.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_no_103_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2626/indicacao_no_104_-_mario_junior.cmm.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2631/indicacao_no_105_-_mario_junior.cmm.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_no_106_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_no_107_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao_no_108_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/mocao_02_xandinho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/mocao_03_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/mocao_04_-_congratula_anderson_sngy.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/mocao_05-_congratula_fabio_feres.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/mocao_06_-_congratulacao_ver_mario.cmm.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/mocao_07_-congratula_lions_clube.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/mocao_08_-__congratula_o_sr._kildreson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/mocao_09_-_congratula_thamara_correa_knup.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/mocao_10_-_congratula_sebastiao_januario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/mocao_11_-_congratula_sergio_quintino.cmm.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/mocao_12_-_congratula_josimar_de_moura_veiga.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/mocao_13_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/mocao_14_-_congratula_weslei_guilherme_de_paula.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/mocao_15_xandinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/mocao_16_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/mocao_17_-_congratula_janio_rodrigues_de_paula.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2629/mocao_n._18_darci.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2630/mocao_n_19_darci.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/projeto_de_lei_piso_magisterio_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2412/pl_01-2024_-_desconcentracao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/pl_02_-_denomina_a_serra_do_pirapetinga_-_serra_do_joao_custodio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/pl_04_auxilio__alimentacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/pl_05_revisao_salarial_cmm.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/pl_06_-_cria_a_ouvidoria_geral_da_camara_municipal_de_manhumirim.cmm.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/pl_07_-_modifica_a_lei_1261.cmm.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/pl_08_declara_de_utilidade_publica_o_conselho_comunitario_de_seguranca_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/pl_09_ratifica_cisab.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/pl_10_manhumirim_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/pl_11_-_dispoe_sobre_a_prevencao_a_mulher_vitma_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/projeto_de_lei_12-2024_-_alteracao_art_16_17_18__plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_lei_altera_o_estatuto_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/projeto_de_lei_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2585/pl_15_-_denomina_rua_moacir_de_castro_souza.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2586/pl_16_-_denomin_rua_renata_elisa_portes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/pl_17_-_denomina_bairro_cary_louback_tavares.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2602/pl_18_-_subsidio_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2603/pl_19_-_projeto_de_lei_-_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2606/pl_20_-_dispoe_sobre_a_denominacao_do_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2607/pl_21_-_dispoe_sobre_a_correicao_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2609/loa_2025_-_justificativa_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2627/projeto_de_lei_municipal_-_institui_o_refis_manhumirim.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2628/pl_24_municipal__-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_-_rua_namir_guimaraes.cmm.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/pr_01_subsidios_vereador.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/ppl_1896.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/requerimento_01-xandinho.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/requerimento_02_darci.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/requerimento_03_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/requerimento_no_04_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/requerimento_no_05_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_06_ju.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_07_edgar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/requerimento_08_sandro.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_no_09_-_mario_jr._cmm.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/requerimento_no_10_-_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/requerimento_no_11_darci.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/requerimento_no_12_-_darci.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no_13_juliana.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/requerimento_14_lemos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/requerimento_no_15_-_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/requerimento_no_16_-_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/requerimento_17_mario.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/requerimento_17_mario.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/requerimento_no_19_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/requerimento_no_20_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/requerimento_21_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/requerimento_22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/requerimento_23_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_no_25_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/requerimento_26_-_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_27_-_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/requerimento_28_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/rquerimento_29_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/requerimento_no_30-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/requerimento_32_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/requerimento_33_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/requerimento_34_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/requerimento_no_35_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/requerimento_36_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/docreq3709200920240515174306.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_no_38_-_mario_jr..cmm.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/requerimento_no_39_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2565/requerimento_no_40_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_41_juliana.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/requerimento_40_juliana.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/requerimento_no_44_-_alexandre_e_mario.cmm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/requerimento_no_45_-_mario_e_alexandre.cmm.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/requerimento_no_46_juliana.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/requerimento_no_47_-_mario.cmm.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2611/requerimento_50_mario.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2615/requerimento_51_xandinho.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2617/requerimento_no_52_dede.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_no_53_dede.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_no_55_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2622/requerimento_no_56_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2632/requerimento_no_57_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2633/requerimento_no_58_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2641/requerimento_no_59_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2642/requerimento_no_60_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_no_61_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2646/substitutivo_1_pl_22_orcamento_2025_e_anexos_1_2.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/lei_municipal_no_1887_-_2024_-_institui_politica_publica_protecao_e_ampliacao_dos_direitos_das_pessoas_com_transtorno_do_espectro_autista.cmm.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/lei_municipal_no_1892_-_2024_-_utilidade_publica_o_conselho_comunitario_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/lei_municipal_no_1893_-_2024_-_denominacao_da_serra_do_corrego_pirapetinga_-_serra_joao_silvestre_ferreira_joao_custodio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2597/lei_municipal_no_1894_-_2024_-_altera_os_artigos_1o_e_31_da_lei_municipal_n.o_1.260-2003.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2598/lei_municipal_no_1895_-_2024_-_cria_o_fundo_municipal_do_idoso_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2604/lei_municipal_no_1899_-_2024_-_institui_a_politica_de_atendimento_a_mulher_vitima_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2635/lei_municipal_no_1900_-_2024_-_denomina_cemiterio_municipal_-_cemiterio_municipal_jose_maximiano_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2636/lei_municipal_no_1901_-_2024_-_institui_o_programa_de_recuperacao_fiscal_do_municipio_de_manhumirim_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2637/lei_municipal_no_1902_-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_rua_namir_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/portaria_383_-_nomeia_servidores_que_menciona.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/portaria_384_estabelece_escala_de_servidores_no_recesso.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2419/portaria_385_calendario.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/portaria_386_-_nomeia_servidores_que_menciona.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/portaria_387__-_nomeia_vereadores_conselho_turismo.cmm.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/portaria_388_semana_santa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/portaria_389_-_altera_o_caledario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/portaria_no_390_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2605/portaria_no391_-_altera_o_calendario_da_camara.cmm.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2634/portaria_no392_-_altera_o_calendario_novembro_da_camara.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2645/portaria_no393_-_suplementacao_da_camara.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2647/portaria_no394_-_transicao_legislativa.pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2648/portaria_no395_-_altera_o_calendario_da_camara.cmm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2649/portaria_396_exonera.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2650/portaria_397_ferias.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2638/veto_1_-_2024_-_projeto_de_lei_1.905-2024_rua_aristides_braga.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/indicacao_01-xandinho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/indicacao_02-xandinho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/indicacao_03_ju.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/indicacao_04_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/indicacao_05_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/indicacao_06_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/indicacao_no_07_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/indicacao_08_edgar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/indicacao_09_darci.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_10_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/indicacao_11_-_darci.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_12_-_dede.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/requerimento_no_13_juliana.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/indicacao_14_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_15_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_16_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_17_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/indicacao_no_18_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/indicacao_no_19_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/indicacao_20_-_dede.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_21_dede.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/indicacao_22_sandro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/indicacao_23_-_darci.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/indicacao_no_24_-_darci.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_25_mario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_25_mario.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/indicacao_27_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/indicacao_28_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/indicacao_no_29_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/indicacao_no_30_mario_jr._cmm.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/indicacao_31_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/indicacao_32_juliana.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/indicacao_33_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/indicacao_34_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/indicacao_35_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/indicacao_36_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/indicacao_37_-_dede.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/indicacao_38_-_dede.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/indicacao_39_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/indicacao_40_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_43_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_44_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/indicacao_no_45_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/indicacao_no_46__anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/indicacao_no_48_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/indicacao_no_49_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/indicacao_50_darci.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_51_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/indicacao_52_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_53_-_dede.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_54_-_dede.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_55_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/indicacao_56_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/indicacao_57_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_58_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_n_59_edgar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_n_60_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_n_61_lequinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_n_62_edgar.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/indicacao_63_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/indicacao_64_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/indicacao_65_-_dede.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/indicacao_66_-_benisio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/indicacao_67_-_dede.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/indicacao_68_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_69_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/docind7109200820240515174240.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_72_-_dede.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2552/indicacao_73_-_dede.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/indicacao_74_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_75_-_mario_jr..cmm.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_76_ver_edigar.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2563/indicacao_77_-_dede.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao78_darci.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2566/indicacao_79_juliana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/indicacao_80_juliana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/indicacao_81_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/indicacao_82_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/indicacao_83_-_dede.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_84_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/indicacao_no_86_-_mario_jr..cmm.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/indicacao_no_87_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no_88_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/indicacao_no_89_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/indicacao_no_90_-_darci.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2600/indiacao_no_91_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2599/indicacao_92_edgar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2608/indicacao_no_93_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2610/indicacao_94_mario.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2612/indicacao_no_95_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2613/indicacao_96_xandinho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2614/indicacao_97_xandinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2616/indicacao_no_98_-_dede.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2619/indicacao_no_99_-_dede.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2620/indicacao_no_100_-_dede.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2623/indicacao_no_101_-_mario_junior.cmm.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2625/indicacao_no_103_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2626/indicacao_no_104_-_mario_junior.cmm.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2631/indicacao_no_105_-_mario_junior.cmm.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacao_no_106_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao_no_107_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao_no_108_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/mocao_02_xandinho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/mocao_03_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/mocao_04_-_congratula_anderson_sngy.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/mocao_05-_congratula_fabio_feres.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/mocao_06_-_congratulacao_ver_mario.cmm.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/mocao_07_-congratula_lions_clube.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/mocao_08_-__congratula_o_sr._kildreson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/mocao_09_-_congratula_thamara_correa_knup.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/mocao_10_-_congratula_sebastiao_januario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/mocao_11_-_congratula_sergio_quintino.cmm.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/mocao_12_-_congratula_josimar_de_moura_veiga.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/mocao_13_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/mocao_14_-_congratula_weslei_guilherme_de_paula.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/mocao_15_xandinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/mocao_16_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/mocao_17_-_congratula_janio_rodrigues_de_paula.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2629/mocao_n._18_darci.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2630/mocao_n_19_darci.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/projeto_de_lei_piso_magisterio_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2412/pl_01-2024_-_desconcentracao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/pl_02_-_denomina_a_serra_do_pirapetinga_-_serra_do_joao_custodio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/pl_04_auxilio__alimentacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/pl_05_revisao_salarial_cmm.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/pl_06_-_cria_a_ouvidoria_geral_da_camara_municipal_de_manhumirim.cmm.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/pl_07_-_modifica_a_lei_1261.cmm.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/pl_08_declara_de_utilidade_publica_o_conselho_comunitario_de_seguranca_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/pl_09_ratifica_cisab.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/pl_10_manhumirim_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/pl_11_-_dispoe_sobre_a_prevencao_a_mulher_vitma_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/projeto_de_lei_12-2024_-_alteracao_art_16_17_18__plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_lei_altera_o_estatuto_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/projeto_de_lei_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2585/pl_15_-_denomina_rua_moacir_de_castro_souza.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2586/pl_16_-_denomin_rua_renata_elisa_portes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/pl_17_-_denomina_bairro_cary_louback_tavares.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2602/pl_18_-_subsidio_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2603/pl_19_-_projeto_de_lei_-_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2606/pl_20_-_dispoe_sobre_a_denominacao_do_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2607/pl_21_-_dispoe_sobre_a_correicao_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2609/loa_2025_-_justificativa_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2627/projeto_de_lei_municipal_-_institui_o_refis_manhumirim.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2628/pl_24_municipal__-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_-_rua_namir_guimaraes.cmm.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/pr_01_subsidios_vereador.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/ppl_1896.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/requerimento_01-xandinho.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/requerimento_02_darci.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/requerimento_03_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/requerimento_no_04_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/requerimento_no_05_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_06_ju.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/requerimento_07_edgar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/requerimento_08_sandro.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/requerimento_no_09_-_mario_jr._cmm.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/requerimento_no_10_-_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/requerimento_no_11_darci.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/requerimento_no_12_-_darci.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no_13_juliana.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/requerimento_14_lemos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/requerimento_no_15_-_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/requerimento_no_16_-_mario_jr_cmm.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/requerimento_17_mario.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/requerimento_17_mario.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/requerimento_no_19_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/requerimento_no_20_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/requerimento_21_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/requerimento_22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/requerimento_23_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/requerimento_no_25_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/requerimento_26_-_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/requerimento_27_-_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/requerimento_28_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/rquerimento_29_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/requerimento_no_30-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/requerimento_32_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/requerimento_33_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/requerimento_34_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/requerimento_no_35_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/requerimento_36_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/docreq3709200920240515174306.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/requerimento_no_38_-_mario_jr..cmm.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/requerimento_no_39_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2565/requerimento_no_40_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/requerimento_41_juliana.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/requerimento_40_juliana.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/requerimento_no_44_-_alexandre_e_mario.cmm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/requerimento_no_45_-_mario_e_alexandre.cmm.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/requerimento_no_46_juliana.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/requerimento_no_47_-_mario.cmm.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2611/requerimento_50_mario.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2615/requerimento_51_xandinho.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2617/requerimento_no_52_dede.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2618/requerimento_no_53_dede.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2621/requerimento_no_55_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2622/requerimento_no_56_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2632/requerimento_no_57_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2633/requerimento_no_58_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2641/requerimento_no_59_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2642/requerimento_no_60_-_mario_jr.cmm.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2644/requerimento_no_61_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2646/substitutivo_1_pl_22_orcamento_2025_e_anexos_1_2.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/lei_municipal_no_1887_-_2024_-_institui_politica_publica_protecao_e_ampliacao_dos_direitos_das_pessoas_com_transtorno_do_espectro_autista.cmm.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/lei_municipal_no_1892_-_2024_-_utilidade_publica_o_conselho_comunitario_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/lei_municipal_no_1893_-_2024_-_denominacao_da_serra_do_corrego_pirapetinga_-_serra_joao_silvestre_ferreira_joao_custodio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2597/lei_municipal_no_1894_-_2024_-_altera_os_artigos_1o_e_31_da_lei_municipal_n.o_1.260-2003.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2598/lei_municipal_no_1895_-_2024_-_cria_o_fundo_municipal_do_idoso_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2604/lei_municipal_no_1899_-_2024_-_institui_a_politica_de_atendimento_a_mulher_vitima_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2635/lei_municipal_no_1900_-_2024_-_denomina_cemiterio_municipal_-_cemiterio_municipal_jose_maximiano_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2636/lei_municipal_no_1901_-_2024_-_institui_o_programa_de_recuperacao_fiscal_do_municipio_de_manhumirim_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2637/lei_municipal_no_1902_-_2024_-_dispoe_sobre_correicao_de_denominacao_de_logradouro_publico_rua_namir_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/portaria_383_-_nomeia_servidores_que_menciona.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/portaria_384_estabelece_escala_de_servidores_no_recesso.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2419/portaria_385_calendario.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/portaria_386_-_nomeia_servidores_que_menciona.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/portaria_387__-_nomeia_vereadores_conselho_turismo.cmm.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/portaria_388_semana_santa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/portaria_389_-_altera_o_caledario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/portaria_no_390_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2605/portaria_no391_-_altera_o_calendario_da_camara.cmm.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2634/portaria_no392_-_altera_o_calendario_novembro_da_camara.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2645/portaria_no393_-_suplementacao_da_camara.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2647/portaria_no394_-_transicao_legislativa.pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2648/portaria_no395_-_altera_o_calendario_da_camara.cmm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2649/portaria_396_exonera.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2650/portaria_397_ferias.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2024/2638/veto_1_-_2024_-_projeto_de_lei_1.905-2024_rua_aristides_braga.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H238"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="215.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="214.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>