--- v0 (2025-12-19)
+++ v1 (2026-03-25)
@@ -54,4058 +54,4058 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Anderson Vidal Soares, Dedé Motoboy</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacao_001_-dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacao_001_-dede.pdf</t>
   </si>
   <si>
     <t>Indica calçamento da Avenida Darly de Oliveira no Bairro Vila Mariselma</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacao_002_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacao_002_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica calçamento de ponto critico na serra do corrêas ( virador do alto da serra)</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_003_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_003_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reforma da quadra de futebol do Bairro Santa Rita</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacao_004_-xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacao_004_-xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização das duas escadarias de acesso a Rua Maria Olinda e Rua 7 de setembro.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sargento Edgar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacao_005_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacao_005_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do acesso de pedestres que liga a Avenida Jacinto Antônio Silva ( trevo saída para Martins Soares) ao Bairro Nossa Senhora da Penha e Bairro Morada Nova</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacao_006_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacao_006_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada e limpeza na Rua Elias Fernandes de Souza - Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Lequinho da Van</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_007_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_007_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de armários para os alunos nas escolas municipais</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacao_008_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacao_008_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de arquibancada na quadra do Bairro Nossa Senhora da Penha</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Sandro Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacao_009_-_sandro_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacao_009_-_sandro_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro na Rua Guilhermina Jupira Emerick</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacao_010_-_sandro_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacao_010_-_sandro_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro na Rua Pirapetinga no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indica revitalização dos monumentos ( bonecos) da Praça dos Trabalhadores</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacao_011_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacao_011_-_sandro.pdf</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Mário Sidney Nolasco Júnior</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacao_012_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacao_012_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de compactador de solo para atendimento da secretaria Mun. de Obras e contratação de empresa especializada para a realização e manutenção de calçamento de ruas e pontos criticos de nossa cidade</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Benísio Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacao_015_-_benisio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacao_015_-_benisio.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BOCA DE LOBO - SAÍDA ALTO JEQUITIBÁ, MG - 111.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Darci Braga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacao_016_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacao_016_-_darci.pdf</t>
   </si>
   <si>
     <t>INDICA SUBSTITUIÇÃO DE POSTES DE MADEIRA POR POSTES EM CONCRETO NA RUA ROQUE PORCARO JÚNIOR, PRÓXIMO AO FERRO VELHO.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacao_018_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacao_018_-_darci.pdf</t>
   </si>
   <si>
     <t>INDICA REFORMA DA PRAÇA PADRE JÚLIO MARIA.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/indicacao_no_019_-_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/indicacao_no_019_-_mario.pdf</t>
   </si>
   <si>
     <t>INDICA REFORMA DO CRAS DO BAIRRO DA PENHA.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Juliana Ananias</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/indicacao_13_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/indicacao_13_juliana.pdf</t>
   </si>
   <si>
     <t>Indica plano municipal de habitação de interesse social para famílias de baixa renda.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/indicacao_19_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/indicacao_19_juliana.pdf</t>
   </si>
   <si>
     <t>indica melhorias nas políticas públicas para a 1ª infância e instalação de parques para público infantil.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/indicacao_20_benisio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/indicacao_20_benisio.pdf</t>
   </si>
   <si>
     <t>Indica limpeza de muro na Rua Bernardino Corrêa.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/indicacao_021_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/indicacao_021_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica instalação de corrimão na viela que interliga a Rua Benedito Justino com a Rua Santa Teresa, Bairro Nossa Senhora de Lourdes.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_22_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_22_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica implementação do programa qualifica mulher.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_23_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_23_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo viabilidade financeira construção pontos ônibus.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_24_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_24_dede.pdf</t>
   </si>
   <si>
     <t>Indica calçamento da Av. Moacir de Castro Souza - Morada Nova</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_25_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_25_dede.pdf</t>
   </si>
   <si>
     <t>Indica término de calçamento da R. Dr. Renato Albuquerque que liga a MG-111 a MG-108, bairro Morada Nova.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_26_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_26_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reabertura do acesso que liga a Rua Durandé à Rua Nunes da Rosa.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Alexsandro Lemos</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/indicacao_27_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/indicacao_27_lemos.pdf</t>
   </si>
   <si>
     <t>Indica transporte para os alunos que cursam ensino superior fora de Manhumirim.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_28_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_28_lemos.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e substituição do calçamento na Av. Virgílio Rodrigues de Oliveira.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_29_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_29_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica ajuda financeira aos necessitados atraves de projeto de lei.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/indicacao_30_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/indicacao_30_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do terminal rodoviário.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_no_31_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_no_31_mario_jr.docx</t>
   </si>
   <si>
     <t>indica levantamento agentes de esporte</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_32_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_32_mario.pdf</t>
   </si>
   <si>
     <t>Indica restauração academia saúde bairro Roque</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/indicacao_33_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/indicacao_33_-_darci.pdf</t>
   </si>
   <si>
     <t>Indica calçamento no poço fundo e praça do bar Jabatu.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_34_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_34_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa elevada para travessia de pedestres na Avenida Raul Soares</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_35_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_35_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do Estádio João Miguel de Oliveira</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Indica revitalização e reforma na Praça de Esporte José Nolasco.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_37_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_37_xandinho.pdf</t>
   </si>
   <si>
     <t>EMENTA: Indica Elaboração de estudo e Projeto para calçamento em local que menciona.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_38_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_38_mario.pdf</t>
   </si>
   <si>
     <t>Indica fechamento do contorno ou logradouro para atividades de lazer.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/indicacao_41_-_ver._darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/indicacao_41_-_ver._darci.pdf</t>
   </si>
   <si>
     <t>Indica redutor de velocidade na Rua Frei Vicente - Bairro Mangueiras.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/indicacao_42_ver._darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/indicacao_42_ver._darci.pdf</t>
   </si>
   <si>
     <t>Indica melhorias para a feira da Pç. Pe. Júlio Maria.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/indicacao_no_39_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/indicacao_no_39_lequinho.docx</t>
   </si>
   <si>
     <t>Indica crachá de identificação e uniformes para os motoristas da Secretaria de Educação</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/indicacao_40_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/indicacao_40_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica transporte escolar para os alunos da Zona urbana</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/indicacao_45_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/indicacao_45_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza do rio jequitibá e seus afluentes</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/indicacao_46_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/indicacao_46_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica instalação de painéis de energia solar em prédios públicos, escolas e repartições públicas.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_47__xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_47__xandinho.pdf</t>
   </si>
   <si>
     <t>Indica melhorias no transporte escolar para os alunos do córrego do ouro.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/indicacao_no_48_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/indicacao_no_48_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e melhorias na transmissão do sinal digital de TV</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/indicacao_43_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/indicacao_43_juliana.pdf</t>
   </si>
   <si>
     <t>Indica parque infantil adaptado para crianças neuro atípicas e crianças com deficiências diversas</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/indicacao_44_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/indicacao_44_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na escada que liga o Bairro do Roque ao Bairro Santo Antônio</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_49_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_49_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica criação de sistema de avaliação dos serviços prestados no pronto socorro e postos de saúde.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_50_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_50_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na comunicação entre o Poder Público e cidadão.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/indicacao_51_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/indicacao_51_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Rua Arlindo Damião Rodrigues</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/indicacao_52_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/indicacao_52_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Rua Ilvarina Gonçalves da Silva</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/indicacao_53_-_alexandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/indicacao_53_-_alexandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica troca de lâmpadas queimadas do Município</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_54_-_alexandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_54_-_alexandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica obras de melhorias na quadra e iluminação do campo de futebol da comunidade Poço Fundo.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_55_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_55_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade financeira para criação de crachá de identificação para os funcionários da saúde na policlinica e nos postinhos de saúde</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_56_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_56_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade jurídica para a redução da carga horária do cargo de instrutor de atividades no município de Manhumirim</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/indicacao_57_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/indicacao_57_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da raia da Rua 7 de setembro ( Raia Lino)</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/indicacao_58_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/indicacao_58_mario.pdf</t>
   </si>
   <si>
     <t>Indica contratação de engenheiro de trânsito para o município.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/indicacao_59_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/indicacao_59_mario.pdf</t>
   </si>
   <si>
     <t>Indica criação de viveiro de mudas e contratação de profissionais de paisagismo.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/indicacao_no_62_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/indicacao_no_62_darci.pdf</t>
   </si>
   <si>
     <t>Indica melhorias para o bairro nossa senhora de lourdes.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_63_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_63_darci.pdf</t>
   </si>
   <si>
     <t>Indica providências na Av. Moacir de Castro – Bairro Morada Nova.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Anderson Vidal Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/indicacao_no_64_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/indicacao_no_64_dede.pdf</t>
   </si>
   <si>
     <t>Indica providência para o Cemitério Municipal</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/indicacao_no_65_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/indicacao_no_65_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica calçamento na extensão da Rua Nobre no Bairro Vila Rica.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_66_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_66_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica instalação de corrimão na escadaria que liga a Rua Agripino Casqueiro com a Rua Pedro Ricas.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_67_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_67_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica termino da obra do vestiário e banheiros da quadra do Bairro de Lourdes.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_68_-_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_68_-_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica recapeamento da pavimentação asfáltica de acesso ao chacreamento Bom Jardim.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_69_-_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_69_-_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica Limpeza do afluente que corta o Bairro Nossa Senhora Aparecida (Vila Verde).</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/indicacao_70_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/indicacao_70_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica parque de diversão no Bairro da Penha, Mangueira e Campestre.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/indicacao_71_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/indicacao_71_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica termino da escadaria e instalação de corrimão na escadaria da Rua Mauro Carlos de Souza no Bairro Mangueiras.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao_72_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao_72_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica fornecimento de caixas d`água e tampas para as caixas.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/indicacao_73_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/indicacao_73_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica ANTEPROJETO DE LEI que dispõe sobre a Autorização para o Município adotar medidas para fornecimento de Merenda Escolar nos períodos de Recesso e Férias dos estudantes da Rede Pública do Município de Manhumirim.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/indicacao_74_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/indicacao_74_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade jurídica para o Retorno do Pagamento dos Quinquênios, Vintenário e Trintenário._x000D_
 DATA: Manhumirim/MG, 21 de Março de 2023</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_75_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_75_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica providências para o acesso ao cemitério Municipal.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/indicacao_76_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/indicacao_76_edgar.pdf</t>
   </si>
   <si>
     <t>Indica sugestão para o uso de máquinas pesadas na Zona Rural.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_77_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_77_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica elaboração de Projeto de Lei para alteração dos vencimentos dos cargos de Supervisor pedagógico, diretor escolar e Vice-diretor escolar.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/indicacao_78_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/indicacao_78_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica instalação de câmeras de segurança, detector de metais e vigilantes nas escolas de nossa cidade.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/indicacao_79_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/indicacao_79_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada na Avenida Jacinto Antônio Silva, Bairro Vila Rica</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/indicacao_80_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/indicacao_80_edgar.pdf</t>
   </si>
   <si>
     <t>Indica limpeza do mato na Subida da Rua Elias Fernandes de Souza no Bairro Cidade Jardim e Rua Silvina Werner no Bairros Nossa Senhora Aparecida</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/indicacao_81_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/indicacao_81_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica providencias para a Rua Altair de Oliveira no Córrego Barra do Lessa</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_82_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_82_mario.pdf</t>
   </si>
   <si>
     <t>Indica destinação de terreno para Cooperativas e parque industrial.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_83_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_83_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica regulamentação de cartão cesta básica.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Indica divulgação de formas de prevenção da transmissão do vírus HIV (AIDS) e a política pública municipal a ser executada de prevenção ao uso de drogas em vista da chegada da temporada de festas na região e em nosso município.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/indicacao_85_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/indicacao_85_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica processo seletivo público para contratação de funcionários para a prefeitura municipal de Manhumirim no ano de 2024.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Indica revitalização das faixas de pedestres municipais de nossa cidade.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Indica manutenção de pontos críticos das estradas rurais de Manhumirim.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/indicacao_88_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/indicacao_88_darci.pdf</t>
   </si>
   <si>
     <t>Indica ampliação da Creche Municipal Celcino Franco</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/indicacao_89_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/indicacao_89_-_darci.pdf</t>
   </si>
   <si>
     <t>Indica patrolamento no Córrego São José da Tapera</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/indicacao_90_-_alexandre_jesus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/indicacao_90_-_alexandre_jesus.pdf</t>
   </si>
   <si>
     <t>Indica drenagem do córrego e captação da rede de esgoto das residências aos fundos da Rua Marcelo Ferreira Bolsone e Loteamento Belo Vale no Bairro Vila Rica e Bairro de Lourdes.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/indicacao_91_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/indicacao_91_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica recapeamento do asfaltamento da Rua Durandé no entroncamento com a Rua Nunes da Rosa, e revitalização do muro da Rua Durandé.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/indicacao_92_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/indicacao_92_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica reparos no calçamento da Avenida Raul Soares em frente ao Plano Em Vida</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/indicacao_93_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/indicacao_93_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de Parque Infantil no Vivenda, bairro Vila Verde</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/indicacao_no_94_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/indicacao_no_94_mario_jr.docx</t>
   </si>
   <si>
     <t>Indica inclusão de café da manhã aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/indicacao_95_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/indicacao_95_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica inclusão da disciplina escolar de empreendedorismo na rede municipal de ensino.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_96_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_96_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica manutenção da iluminação pública no contorno da MG-111 entre os Bairros São Roque e Santo Antônio e, limpeza e manutenção do Estádio Municipal João Miguel de Oliveira.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_97_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_97_juliana.pdf</t>
   </si>
   <si>
     <t>Indica manutenção da faixas de pedestres na Avenida Teófilo Tostes, Avenida Agenor Carlos Werner.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_98_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_98_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçamento no córrego Bom Sucesso</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_99_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_99_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica estudo para a viabilização do funcionamento da Creche Dr. Orbino Werner.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_100_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_100_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica instalação de manta asfáltica na Rua Vila Isabel e na mureta de proteção.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/indicacao_101_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/indicacao_101_-_sandro.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE PROGRAMA DE ESTERILIZAÇÃO E CONTROLE POPULACIONAL DE CÃES E GATOS.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/indicacao_102_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/indicacao_102_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada na Avenida Jacinto Antônio Silva, Bairro Vila Rica.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_103_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_103_edgar.pdf</t>
   </si>
   <si>
     <t>Indica retirada de entulho e limpeza no Bairro Morada Nova</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_104_-_xandinho_e_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_104_-_xandinho_e_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica instalação de guarda corpo no muro da rua Vila Isabel</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/indicacao_105_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/indicacao_105_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e reparo na Rua Alameda Bela Vista</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_106_-_lequinho_e_outros.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_106_-_lequinho_e_outros.pdf</t>
   </si>
   <si>
     <t>Indica castra-móvel para atendimento a cidade de manhumirim</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_107_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_107_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica reforma da quadra do Bairro N. Senhora da Penha</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_108_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_108_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de uma rotatória na junção da Rua Luiz Quintino com a Praça Nicolau Bracks e Avenida Padre Júlio Maria.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_109_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_109_dede.pdf</t>
   </si>
   <si>
     <t>Indica obras de redução da circunferência da rotatória do Trevo da Auto Mais e Trevo dos monumentos (bonecos).</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/indicacao_no_110_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/indicacao_no_110_ver_mario.pdf</t>
   </si>
   <si>
     <t>Indica construção de pista de caminhada na Rodovia Antônio Rust, instalação de postes de iluminação e placas de alerta de pratica esportiva no local.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/indicacao_no_111_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/indicacao_no_111_ver_mario.pdf</t>
   </si>
   <si>
     <t>Indica providências para o campo no bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/indicacao_112_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/indicacao_112_edgar.pdf</t>
   </si>
   <si>
     <t>Indica abertura das ruas e patrolamento do Bairro Bom Pastor</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/indicacao_113_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/indicacao_113_edgar.pdf</t>
   </si>
   <si>
     <t>Indica redutores de velocidade na Avenida JK</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/indicacao_114_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/indicacao_114_dede.pdf</t>
   </si>
   <si>
     <t>Indica revitalização de fonte da Praça Getúlio Vargas</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/indicacao_115_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/indicacao_115_dede.pdf</t>
   </si>
   <si>
     <t>Indica instalação de lixeira ecológicas nas praças de nossa cidade.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/indicacao_116_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/indicacao_116_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica instalação de bueiro na Rua João José Diniz</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/indicacao_117_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/indicacao_117_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica retorno das atividades da guarda mirim em nossa cidade.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/ind_118_ver_edigar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/ind_118_ver_edigar.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do Mirante Dr. Genésio Bernardino.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/indicacao_118_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/indicacao_118_-_juliana.pdf</t>
   </si>
   <si>
     <t>indica retorno do posto de apoio, melhorias da iluminação pública, conserto de áreas de risco, revitalização da pracinha, limpeza e manutenção das vias do Bairro Campestre</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/indicacao_119_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/indicacao_119_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica investimento no setor de turismo rural e religioso para fomentar a geração de emprego e renda</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/indicacao_120_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/indicacao_120_darci.pdf</t>
   </si>
   <si>
     <t>Indica revitalização e reforma das escolas Municipais</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/indicacao_no_122_ver_rodrigo.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/indicacao_no_122_ver_rodrigo.docx</t>
   </si>
   <si>
     <t>Indica calçamento ligando asfalto do contorno rodoviário até a Vila Pequitito – no Córrego Pirapetinga.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/indicacao_123_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/indicacao_123_rodrigo.pdf</t>
   </si>
   <si>
     <t>Indica calçamento ligando asfalto do contorno rodoviário até a Rua Aurora Bitencourt de Oliveira.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/indicacao_124_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/indicacao_124_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica o estudo de viabilidade jurídica e financeira para a instalação de um albergue municipal para moradores de rua em vulnerabilidade social.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/indicacao_125_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/indicacao_125_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica implantação de cursos profissionalizantes gratuitos para fomentar a geração de emprego e renda</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/indicacao_126_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/indicacao_126_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica reparos no final do calçamento da Rua Ragozino Rodrigues de Oliveira (em frente a Nazinha).</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_127_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_127_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica calçamento de ponto critico no Parque do Sagui</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_128_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_128_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da pista de Caminhada Áureo Albuquerque</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/indicacao_129_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/indicacao_129_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica instalação de uma base da Policia Militar no Terminal Rodoviário de Manhumirim</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/indicacao_130_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/indicacao_130_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica reparos no calçamento da Rua Frei Francisco no Bairro Mangueiras</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/indicacao_131_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/indicacao_131_sandro.pdf</t>
   </si>
   <si>
     <t>Indica Calçamento da Rua Frei Paulo no Bairro São Vicente</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/indicacao_132_benisio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/indicacao_132_benisio.pdf</t>
   </si>
   <si>
     <t>Indica instalação de lavador para veículos e reparo de telhado da garagem no antigo IBC.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/indicacao_133_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/indicacao_133_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica vagas de emprego temporário</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/indicacao_134_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/indicacao_134_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica contratação de pedreiro mecanico9 para atendimento em cada Secretaria Municipal</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/indicacao_135_-_vereador_sgt_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/indicacao_135_-_vereador_sgt_edgar.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de terreno anexo a Escola Municipal dos Tavares e construção de área ou pátio para as aulas de Educação Física e lazer</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/indicacao_136_sgt_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/indicacao_136_sgt_edgar.pdf</t>
   </si>
   <si>
     <t>Indica construção de ponte em substituição a Passarela entre as Ruas João Vaz e Sete de Setembro (próximo ao supermercado Jacaré)</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_135_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_135_dede.pdf</t>
   </si>
   <si>
     <t>Indica revitalização do muro do Cemitério Municipal</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_136_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_136_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro no pátio do almoxarifado da prefeitura</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_137_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_137_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica poda de árvores na Avenida Jacinto Antônio Silva</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_138_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_138_-_edgar.pdf</t>
   </si>
   <si>
     <t>Indica o reparo na escada do acesso de pedestres da Alameda Dona Alda Emerick no Bairro Vidal Soares que dá acesso ao Bairro das Mangueiras (Campão). Bem como a falta de iluminação e a não existência de varredores.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Indica construção de nova ponte em concreto sob o Córrego do Ouro.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_142_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_142_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de aprelho para rastreamento e diagnóstico de falhas e problemas nos veículos da municipalidade</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_143_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_143_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da Praça Marcelo Irineu no Bairro Divinéia</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_144-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_144-_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica remoção de pedra na estrada principal no Córrego da Limeira</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao_145_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao_145_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de faixa de pedestres na Rua Nunes da Rosa</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao_146_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao_146_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica instalação de lixeiras em local que menciona</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_147_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_147_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica substituição de postes de iluminação em local que menciona</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao_148_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao_148_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica providências para a lixeira que está instalada na entrada da Usina São Francisco de Assis</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao_149_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao_149_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica instalação de braço de iluminação pública em poste na Rua Suely Damasceno, no Bairro Cidade Jardim (próximo a residência do Sr. Tales Emerick)</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao_150_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao_150_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica faixa de pedestres na Avenida Padre Júlio Maria ( próximo ao comercio Paulinho do Dolfo)</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_151_ver_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_151_ver_edgar.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de medidas visando a melhoria e acréscimo de lâmpadas na quadra poliesportiva amigos do esporte de Manhumirim, com a implementação de tecnologia LED, a fim de aprimorar a eficiência energética, segurança, acessibilidade e funcionalidade do espaço esportivo.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_152_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_152_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro na Rua Agripino Casqueiro</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacao_153_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacao_153_mario_jr.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NA REDE DE ESGOTO DA RUA 1º DE MAIO - BAIRRO ISIDORO.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacao_154_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacao_154_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO E MELHORIA NA CAPTAÇÃO DE ÁGUA DO PARQUE DO SAGUI.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_155_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_155_xandinho.pdf</t>
   </si>
   <si>
     <t>indica revitalização da praça da bíblia</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_157_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_157_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica revitalização de muro da avenida JK com a Theófilo Tostes ( muro da auto mais)</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_158_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_158_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica manilhamento do esgoto no Córrego Campestre</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao_159_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao_159_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica dragagem do Córrego e captação de rede de esgoto das residências aos fundos da Avenida Jacinto Silva Bairro Vila Rica.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao_160_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao_160_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica orçamento e instalação de piso outflex em quadra externa do Poliesportivo.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao_161_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao_161_darci.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da Praça dos Trabalhadores (trevo entroncamento MG-108 e MG-111).</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacao_162_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacao_162_mario.pdf</t>
   </si>
   <si>
     <t>Indica colocação de grade de proteção em área infantil.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/indicacao_163_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/indicacao_163_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica parceria público privada junto aos bairros e comunidades de nosso município.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/indicacao_164_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/indicacao_164_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da escadaria de acesso a Rua Guilhermina Jupira Emerick no Bairro Vidal Soares.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/scanindicacao_165_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/scanindicacao_165_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica vestiário no Córrego dos Gracianos</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/indicacao_166_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/indicacao_166_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica faixa de pedestre no Bairro Vila Rica.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_167_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_167_lequinho.pdf</t>
   </si>
   <si>
     <t>indica construção de muro no bairro das mangueiras</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/indicacao_168_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/indicacao_168_mario.pdf</t>
   </si>
   <si>
     <t>indica limpeza da MG 108 sentido Martins Soares.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/indicacao_169_-_maio_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/indicacao_169_-_maio_jr.pdf</t>
   </si>
   <si>
     <t>Indica limpeza do Estádio João Miguel de Oliveira</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/indicacao_170_-_mario_jr..pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/indicacao_170_-_mario_jr..pdf</t>
   </si>
   <si>
     <t>Indica capacitação de funcionários em curso de manutenção e operação de roçadeiras a ser realizado pelo SENAR.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/indicacao_171_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/indicacao_171_lequinho.pdf</t>
   </si>
   <si>
     <t>solicita reforma de praça no bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacao_172_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacao_172_darci.pdf</t>
   </si>
   <si>
     <t>Indica melhorias de escola rural no Córrego dos Tavares.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/indicacao_173_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/indicacao_173_sandro.pdf</t>
   </si>
   <si>
     <t>Indica uniforme para os coletores de lixo do período noturno.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_no_174_-_darci.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_no_174_-_darci.docx</t>
   </si>
   <si>
     <t>Indica troca de lâmpadas na Rua Horfano Gonzaga.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_no_175_-_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_no_175_-_lequinho.docx</t>
   </si>
   <si>
     <t>Indica redutor de velocidade na MG-111 próximo a fabrica de blocos do Renan</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_176_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_176_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica poda de arvore da Praça da Bíblia</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_177_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_177_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de passeio ( calçada) na chegada da Rua São José no Bairro Santa Rita</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_178_-_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_178_-_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica limpeza do Rio Pirapetinga em especial aos fundos do Armazem Nichio Café no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao_179_-_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao_179_-_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Indica troca do calçamento da Avenida Virgílio Rodrigues de Oliveira e Rua Otávio Antônio Lemos no Bairro Nossa Senhora Aparecida</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao_180_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao_180_dede.pdf</t>
   </si>
   <si>
     <t>Indica término do calçamento da Rua Ildefonso Valentim da Silva – Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/inicacao_181_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/inicacao_181_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica calçamento da Rua Ilvarina Gonçalves da Silva – Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao_182_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao_182_edgar.pdf</t>
   </si>
   <si>
     <t>Indica limpeza de área na Rua 7 de Setembro.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao_183_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao_183_-_xandinho.pdf</t>
   </si>
   <si>
     <t>indica limpeza e manutenção de calçamento na Rua Herondina Barbosa de Souza no Bairro Santa Rita</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao_184_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao_184_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de ponte no Córrego Pirapetinga (proximidades da propriedades do Sr. Mario Sanglard e João Horsth)</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_185_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_185_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica conclusão de calçamento da Rua Boa Esperança, no Bairro Vila Verde</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_186_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_186_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica estudo para criação de Projeto de Lei Municipal que institua gratuidade em transporte público coletivo para idosos entre 60 e 65 anos.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_185_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_185_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica construção de rede pluvial e boca de lobo para captação de água na Rua Joaquim Marciano de Oliveira (próximo a farmácia de Minas).</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_188_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_188_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica calçamento na Rua Suely Damasceno, bairro Cidade Jardim.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_189_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_189_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de escadaria no Bairro Mangueira na Rua Imã Eulina com Rua Adair Pinheiro.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/indicacao_190_-_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/indicacao_190_-_sandro.pdf</t>
   </si>
   <si>
     <t>Indica reparos e manutenção nos brinquedos instalados na Praça de Esportes Públio Nolasco</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/indicacao_191_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/indicacao_191_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica estudo para contratação de empresa especializada na produção de imagens aéreas de nosso município.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_192_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_192_edgar.pdf</t>
   </si>
   <si>
     <t>EMENTA: Pedido de Construção de Bancos no Campo Jobalu no Córrego Poço Fundo.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_193_-_alexandre_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_193_-_alexandre_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>Indica construção de caixas de contenção no terreno aos fundos da Escola Normal Santa Teresinha</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/indicacao_194_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/indicacao_194_-_dede.pdf</t>
   </si>
   <si>
     <t>Indica providências para tapar o buraco na entrada da ponte do IBC.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao_195_-_sgt._edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao_195_-_sgt._edgar.pdf</t>
   </si>
   <si>
     <t>Indica reparo na rede de esgoto no final da Rua João José Diniz com os fundos da Rua Pirapetinga no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao_196_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao_196_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica caixa de contenção de água de chuva na Rua Cedro no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao_197_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao_197_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de bueiro na Rua Boa Esperança no Bairro da Penha. (em frente a residência da Dona Ilda, rua abaixo do CRAs</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/indicacao_no_198_mario_jr.pdfcmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/indicacao_no_198_mario_jr.pdfcmm.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de blusas térmicas para os servidores municipais que fazem serviços externos.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao_no_199_mario_jr.pdfcmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao_no_199_mario_jr.pdfcmm.pdf</t>
   </si>
   <si>
     <t>Indica escola referencia.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/indicacao_no_200_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/indicacao_no_200_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica troca da faixa de pedestre em local que menciona.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/indicacao_no_201-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/indicacao_no_201-_mario_jr.pdf</t>
   </si>
   <si>
     <t>indica seletiva de alunos do município de Manhumirim</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/mocao_01_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/mocao_01_-_darci.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª. “Maria Fernanda Fazolo".</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/mocao_no_02_-_congratula_carlos_magno.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/mocao_no_02_-_congratula_carlos_magno.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª. “Carlos Magno Pereira.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/mocao_03.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/mocao_03.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Elias José de Oliveira</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/mocao_no_05_-_congratula_o_sr._augusto_khede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/mocao_no_05_-_congratula_o_sr._augusto_khede.docx</t>
   </si>
   <si>
     <t>Congratula o Dr. Augusto Khede Tavares</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mocao_04-2023_-_congratula_a_senhora_lourdes_fraga.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mocao_04-2023_-_congratula_a_senhora_lourdes_fraga.pdf</t>
   </si>
   <si>
     <t>Congratula a Srª. Lourdes Fraga Pereira.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/mocao_06-2023_congratula_policiais_militares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/mocao_06-2023_congratula_policiais_militares.pdf</t>
   </si>
   <si>
     <t>Congratula o “2º SGT PM Thiago (Thiago Santos da Fonseca) e 3º SGT Christiano (Christiano de Sales Ferreira)”.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/mocao_07_-_congratula_cafeeira_bom_jesus.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/mocao_07_-_congratula_cafeeira_bom_jesus.pdf</t>
   </si>
   <si>
     <t>Congratula a Cafeeira Bom Jesus</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/mocao_no_08_-_congratula_congresso_nacional.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/mocao_no_08_-_congratula_congresso_nacional.docx</t>
   </si>
   <si>
     <t>Congratula o Congresso Nacional</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sérgio Borel Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/plc_01_-__revisao_geral_anual_educacao_2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/plc_01_-__revisao_geral_anual_educacao_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores da Administração Pública Municipal elencados na Lei Complementar Municipal n.º 14/2011, nos termos do artigo 37, inciso X, da Constituição Federal de 1988.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/pl_01_-_projeto_de_lei_centro_de_zoonoses_e_abrigo_municipal_2_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/pl_01_-_projeto_de_lei_centro_de_zoonoses_e_abrigo_municipal_2_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Autorização para a Criação e o Funcionamento do Serviço de Controle de Zoonoses e do Abrigo Municipal de Animais Domésticos e dá  outras providências.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/pl__02_-_recomposicao_salarial_servidores_cmm_2023_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/pl__02_-_recomposicao_salarial_servidores_cmm_2023_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre recomposição das perdas salariais dos servidores da Câmara Municipal de Manhumirim e dá outras providências. (5,79%)</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/pl_03_-_denomina_ponte_do_corrego_do_ouro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/pl_03_-_denomina_ponte_do_corrego_do_ouro.pdf</t>
   </si>
   <si>
     <t>Denomina Ponte do Córrego do Ouro</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_04_revisao_geral_anual_2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_04_revisao_geral_anual_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores da Administração Pública Municipal nos termos do artigo 37, inciso X, da Constituição Federal de 1988, alterando os quadros de níveis e padrões de movimentação do Anexo III da Lei Municipal n.º 1.131/1999, o anexo II da Lei Complementar Municipal n.º 10/2009 e o artigo 29 da Lei Municipal n.º 1.283/2004 e dá outras providências.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/pl_05-2023_-_piso_enfermagem_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/pl_05-2023_-_piso_enfermagem_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AIMPLEMENTAÇÃO DO PISO NACIONAL DOS ENFERMEIROS, TÉCNICOS DE ENFERMAGEM E AUXILIARES DE ENFERMAGEM AO DISPOSTO NA LEI FEDERAL N.º 14.434/2022, CONDICIONANDO A VIGÊNCIA AO INÍCIO DOS REPASSES DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/pl_06_piso_acs_e_ace_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/pl_06_piso_acs_e_ace_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE O REAJUSTE DO PISO DOS AGENTES COMUNITÁRIOS DE SAÚDE E DE AGENTES DE COMBATE A ENDEMIAS CONFORME FIXADO NO ARTIGO 198, PARÁGRAFO 9º DA CONSTITUIÇÃO FEDERAL DE 1988 E A MEDIDA PROVISÓRIA N.º 1.143/2022 CRIA O QUADRO D NO ANEXO III E ALTERA O ANEXO III-B DA LEI MUNICIPAL N.º 1.131/1999.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/pl_07_-_altera_lei_1261_diaria_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/pl_07_-_altera_lei_1261_diaria_cmm.pdf</t>
   </si>
   <si>
     <t>Altera a tabela constante do anexo VIII da Lei Municipal nº 1261 de 27/02/2004, que foi alterada pela lei municipal n. 1.583/13.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/pl_09_-_denominacao_rua.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/pl_09_-_denominacao_rua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua na Vila Mariselma e dá outras providências: Rua Ancelmo Antônio de Oliveira, Rua Maria Lina de Feitas, Rua Juvenal de Almeida Guimarães, Rua Elzira Chaves Ferreira e Rua Dr. Assar Féres.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/pl_10_veda_nomeacao_em_determinados_casos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/pl_10_veda_nomeacao_em_determinados_casos.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação pela Administração Pública Direta e Indireta do Município de Manhumirim de pessoas condenadas pela Lei Federal n.º 11.340 de 7 de agosto de 2006 e dá outras providencias.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/pl_11_-_doacao_de_terreno_para_igreja_maranata.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/pl_11_-_doacao_de_terreno_para_igreja_maranata.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a autorização para doação de terreno da municipalidade para a Igreja Cristã Maranata de Manhumirim</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/pl_12_-_altera_a_lei_municipal_no_1329-05.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/pl_12_-_altera_a_lei_municipal_no_1329-05.docx</t>
   </si>
   <si>
     <t>Altera o art. 1º, parágrafos 1º e 2º da Lei Municipal nº. 1308/05, de 31/08/2005 que dispõe sobre a criação do conselho municipal de desenvolvimento rural sustentável no município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/pl_13_-_denomina_rua_no_bairro_vila_mariselma.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/pl_13_-_denomina_rua_no_bairro_vila_mariselma.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua no Bairro Vila Mariselma: “Rua Luiz da silva Campos (Sr. Lulu como era conhecido)”.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/pl_14_-_denomina_quadra_de_esportes_do_corrego_pirapetinga.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/pl_14_-_denomina_quadra_de_esportes_do_corrego_pirapetinga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a Denominação da quadra de esportes do Córrego Pirapetinga - "Quadra de Esportes Jair Valério"</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/pl_16_nome_rua.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/pl_16_nome_rua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre correição de denominação de logradouros públicos._x000D_
 1 - Rua Theófilo Tostes;_x000D_
 2 - Rua Silvina Werner;_x000D_
 3 - Rua Pirapetinga; e_x000D_
 4 - Avenida Theófilo Tostes.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/pl_17_-_denomina_ponte_do_corrego_pirapetinga.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/pl_17_-_denomina_ponte_do_corrego_pirapetinga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da ponte do Córrego Pirapetinga: Ponte Adelaide Combat de Carvalho.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/pl_18_-_denomina_ponte_do_bairro_vila_rica_ponte_joao_batista_de_sena.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/pl_18_-_denomina_ponte_do_bairro_vila_rica_ponte_joao_batista_de_sena.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Ponte do Córrego do Pirapetinga: Ponte João Batista de Sena</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/pl_19_-_denomina_ponte_do_corrego_caatinga_-_ponte_jose_silvino_knupp.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/pl_19_-_denomina_ponte_do_corrego_caatinga_-_ponte_jose_silvino_knupp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da ponto do córrego Caatinga - Ponte José Silvino Knupp</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_lei_manhumirim_loa_2024_1_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_lei_manhumirim_loa_2024_1_1.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei._altera_cmdrs_2.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei._altera_cmdrs_2.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º, parágrafos 1º e 2º da Lei Municipal nº. 1308/05, de 31/08/2005 que dispõe sobre a criação do conselho municipal de desenvolvimento rural sustentável no município de Manhumirim e dá outras providências</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_22_-_denomina_praca_da_rua_manoel_barbosa_-_praca_alvina_ricas_barbosa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_22_-_denomina_praca_da_rua_manoel_barbosa_-_praca_alvina_ricas_barbosa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça da Rua Manoel Barbosa "Praça Alvina Ricas Barbosa"</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_23_saude_bucal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_23_saude_bucal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar a gratificação de incentivo aos indicadores de Desempenho da Saúde Bucal, com base na Portaria GM/MS Nº. 960/2023.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_24._permissao_de_uso_de_bem_publico_a_pessoa_juridica_nilcelio_de_faria_sindra-me.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_24._permissao_de_uso_de_bem_publico_a_pessoa_juridica_nilcelio_de_faria_sindra-me.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Realizar Permissão de Uso de Bem Público a pessoa jurídica Nilcélio de Faria Sindra-ME, inscrito no CNPJ sob o n.º 25.980.691/001-22</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/pl_25._permissao_de_uso_de_bem_publico_a_pessoa_juridica_super_burguer_ltda-me.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/pl_25._permissao_de_uso_de_bem_publico_a_pessoa_juridica_super_burguer_ltda-me.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Realizar Permissão de Uso de Bem Público a pessoa jurídica SUPER BURGUER LTDA-ME, inscrito no CNPJ sob o n.º 29.832.626/0001-46.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/pl_26._assistencia_judiciaria_gratuita.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/pl_26._assistencia_judiciaria_gratuita.pdf</t>
   </si>
   <si>
     <t>Autoriza a Criação do Programa de Assistência Judiciária Gratuita da População Hipossuficiente do Município de Manhumirim-MG, fixa os critérios para_x000D_
 atendimento e dá outras providências.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/pl_27._dispoe_sobre_a_politica_publica_de_assistencia_social_do_municipio_de_manhumirim_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/pl_27._dispoe_sobre_a_politica_publica_de_assistencia_social_do_municipio_de_manhumirim_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do Município de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/pl_28__desconcentracao_administrativa.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/pl_28__desconcentracao_administrativa.pdf</t>
   </si>
   <si>
     <t>“Dispõe acerca da desconcentração da Administração Direta do Município de Manhumirim e dá outras providências”.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/pr_01_recomposicao_vereadores.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/pr_01_recomposicao_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa a recomposição dos subsídios dos vereadores e dá providências.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/projeto_de_resolucao_02-23.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/projeto_de_resolucao_02-23.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Apoio ao Processo Legislativo - SAPL, software desenvolvido e disponibilizado gratuitamente pela Secretaria Especial do Programa Interlegis, do Senado Federal.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_resolucao_no_3_de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_resolucao_no_3_de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre migração de bens inservíveis da Câmara para a Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/concede_diploma_ao_sr._ivan_rubens.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/concede_diploma_ao_sr._ivan_rubens.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Ivan Rubens Coelho e Silva</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/pr_02_diploma_veteranos_pm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/pr_02_diploma_veteranos_pm.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de honra ao mérito aos Veteranos da Policia Militar e Policiais Civis de Manhumirim.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário a Ioannis Konstantinos Grammatikopoulos (Deputado Grego da Fundação.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pr_07_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pr_07_lemos.pdf</t>
   </si>
   <si>
     <t>concede diploma de honra ao mérito à Drª Karen de Oliveira Albuquerque.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/pr_08_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/pr_08_dede.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário David Silva de Freitas. Pastor David”</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/pr_09_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/pr_09_darci.pdf</t>
   </si>
   <si>
     <t>Concede diploma de honra ao mérito ao projeto vida de Manhumirim.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/pr_10_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/pr_10_darci.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário a José Eustáquio Ambrósio da Costa (Taquinho).</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/pr_11_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/pr_11_xandinho.pdf</t>
   </si>
   <si>
     <t>Concede diploma de honra ao mérito a Rodrigo Feitosa Namorato.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/pr_12_dr_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/pr_12_dr_rodrigo.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadã honorária à Janete de Abreu.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/pr_13_dr._rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/pr_13_dr._rodrigo.pdf</t>
   </si>
   <si>
     <t>Concede diploma de Mérito Desportivo a João Wilson de Souza Lopes.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/pr_14_-_honra_ao_merito_daybson_gomes_melo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/pr_14_-_honra_ao_merito_daybson_gomes_melo.pdf</t>
   </si>
   <si>
     <t>Concede título de Honra ao mérito da Daybson Gomes Melo</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/pr_no_14_cidadao_honorario_daybson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/pr_no_14_cidadao_honorario_daybson.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao mérito a Daybson Gomes Melo</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pr_no_16_contas_ronaldo_lopes_2012.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pr_no_16_contas_ronaldo_lopes_2012.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a rejeição, das Contas da Prefeitura Municipal de Manhumirim, exercício de 2012, e dá outras providências”.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/requerimento_001_-_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/requerimento_001_-_edgar.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre devolução de duodécimo da Câmara Municipal de Manhumirim aso cofres da Prefeitura Municipal de Manhumirim.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/requerimento_002_-_xandinho_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/requerimento_002_-_xandinho_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>Requer estudo e elaboração de um novo plano de cargos e salários para os servidores públicos do município de manhumirim</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/requerimento_005_-_xandinho_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/requerimento_005_-_xandinho_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER ESTUDO SOBRE RETORNO DA CONTAGEM DE TEMPO DAS PROGRESSÕES HORIZONTAIS E QUINQUÊNIO QUE FORAM PARALISADOS PELA LEI COMPLEMENTAR Nº 173/2020.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_03_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_03_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o mapeamento das áreas com risco geológico no Município de Manhumirim.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/requerimento_05_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/requerimento_05_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de Educação reajuste profissionais educação - requer informações sobre plano de cargos e salários.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/requerimento_06_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/requerimento_06_mario.pdf</t>
   </si>
   <si>
     <t>Requer convocação de Secretário Municipal.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_07_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_07_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as ações na Rua Jupira Emerick.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/requerimento_08_benizio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/requerimento_08_benizio.pdf</t>
   </si>
   <si>
     <t>REQUER: informações e pedido de providências sobre a estrada para a Igreja Católica da Comunidade da Tapera.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/requerimento_009_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/requerimento_009_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre estudos para implementação do transporte escolar universitário.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/requerimento_010_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/requerimento_010_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre déficit da previdência do Município de Manhumirim.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/requerimento_11_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/requerimento_11_mario.pdf</t>
   </si>
   <si>
     <t>requer informação percentual gastos com pessoal 2022</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/requerimento_12_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/requerimento_12_mario.pdf</t>
   </si>
   <si>
     <t>requer informações rua nunes da rosa;</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/requerimento_013-2023_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/requerimento_013-2023_edgar.pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento 01/2023</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/requerimento_14_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/requerimento_14_xandinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/requerimento_15_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/requerimento_15_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre emissão de alvarás no exercício de 2022.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/requerimento_16_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/requerimento_16_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a frota de veículos da prefeitura, por área.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/requerimento_17_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/requerimento_17_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os recursos financeiros obtidos pela realização do leilão da Prefeitura 2022.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/requerimento_17_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/requerimento_17_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre saldo existente nas contas da educação, saúde e infraestrutura urbana</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/requerimento_18_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/requerimento_18_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cargo de Direção e chefia - CDC e cargos de assessoramento - CAS da Prefeitura Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/requerimento_no_20_-_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/requerimento_no_20_-_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: informação sobre serviços prestados pelos convênios de saúde.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/requerimento_no_21_-_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/requerimento_no_21_-_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: informação sobre a banda de música Municipal.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/requerimento_22_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/requerimento_22_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre prestação de contas ao TCE/MG.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/requerimento_23_-_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/requerimento_23_-_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeito  do recurso recebido pelo município oriundos da empresa Vale.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/requerimento_24_-_alexandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/requerimento_24_-_alexandro_lemos.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeito do contrato de maquinas e caminhões terceirizados prestadores de serviço ao município de Manhumirim</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/requerimento_no_25_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/requerimento_no_25_juliana.docx</t>
   </si>
   <si>
     <t>Requer informações sobre PNAE - Programa Nacional de Alimentação Escolar.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/requerimento_26_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/requerimento_26_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre a ampliação da rede de esgoto entre os bairros Campestre e Vila Rica</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_27_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_27_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre convênio de iluminação pública.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/requerimento_27_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/requerimento_27_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o plano nacional de alimentação escolar.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_29_-_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_29_-_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>REQUER: informações pertinentes a Estação de Tratamento de Esgoto de Manhumirim - ETE.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_30_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_30_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre a “Fila de Espera” para exames e consultas na Secretaria de Saúde do Município de Manhumirim nos anos de 2022 e 2023.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_31_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_31_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o Kit Escolar para os alunos da Educação Básica do Município de Manhumirim no ano de 2023</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_32_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_32_darci.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre combate à dengue.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/requerimento_33.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre depósito de lixo</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/requerimento_34_-_xandinho_anderson_e_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/requerimento_34_-_xandinho_anderson_e_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre regularização fundiária no município de Manhumirim.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_35_-_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_35_-_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre processos licitatórios pendentes.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_36_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_36_-_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER Informações sobre o cumprimento da Lei Federal nº 13.935 de 2019 que “Dispõe sobre a prestação de serviços de psicologia e de serviço social nas redes públicas de educação básica”. E solicita informações sobre a formação de Equipe Multidisciplinar com Fonoaudiólogos; Psicopedagogos; Terapeutas Ocupacionais e Neuropediatra para atendimento a Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>REQUER: informações sobre a regulamentação da lei municipal nº 1.780/2020 (apreensão de animais de grande porte).</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requeirmento_38_-_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requeirmento_38_-_darci.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a usina de triagem e compostagem de lixo São Francisco de Assis</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_39_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_39_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre obras em execução.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_40_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_40_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: informações ao Setor responsável pelos convênios com iluminação pública.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/requerimento_41_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/requerimento_41_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: Convocação do Secretário de Municipal de Saúde e Chefe do departamento de Epidemiologia.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_no_42_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_no_42_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre georreferenciamento do Município.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_no_43_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_no_43_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre rastreadores veiculares.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/requerimento_44_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/requerimento_44_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações das secretarias responsáveis sobre insalubridade dos serventes escolares e estudo do pagamento de insalubridade</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/rquerimento_45_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/rquerimento_45_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações das secretarias responsáveis sobre aplicação do reajuste aos profissionais dos magistério em acordo ao piso nacional do magistério</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_44_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_44_mario.pdf</t>
   </si>
   <si>
     <t>Requer convocação do Diretor de transporte.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_47_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_47_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre parque do sagui.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_no_46_xandinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_no_46_xandinho.docx</t>
   </si>
   <si>
     <t>Requer informações sobre SIP e relatórios do VAAT e VAAR</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/requerimento_no_47_-_xandinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/requerimento_no_47_-_xandinho.docx</t>
   </si>
   <si>
     <t>Requer informações sobre PNATE, PNAE, FETe, Fundeb e Mde.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/requerimento_46_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/requerimento_46_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre SIOP e relatórios VAAT e VAAR</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_48_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_48_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre planejamento e execução de melhorias do planejamento da defesa civil de Manhumirim para o período de junho de 2023 a março de 2024.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/requerimento_49_-_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/requerimento_49_-_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre planejamento da secretaria de cultura para verificação de situação da adesão e da aplicação da Lei Paulo Gustavo, Lei Complementar nº 195 de 08 de junho de 2022.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/requerimento_no_53_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/requerimento_no_53_lequinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento da Lei 1715/2018 que autoriza o município de Manhumirim a transportar alunos do ensino superior fora do município.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/requerimento_no_54_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/requerimento_no_54_lequinho.pdf</t>
   </si>
   <si>
     <t>Requer informações Projeto de Construção de Casas Populares</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_55-23-juliana_ananias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_55-23-juliana_ananias.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Processo Seletivo n.º 001/2023 para Diretor Geral de Unidade Escolar</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/rqueriemento_no_55_-_darci_e_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/rqueriemento_no_55_-_darci_e_sandro.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre doações de escrituras públicas no município de Manhumirim</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/requerimento_57_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/requerimento_57_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer estudo sobre normativa de transferêcio de titularidade nos hidrômetros</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/requerimento_58_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/requerimento_58_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre aplicação de recursos decorrente de suplementação orçamentária.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_59_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_59_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o percentual da folha de pagamentos dos funcionários municipais.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_60_convoca_diretor_saae.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_60_convoca_diretor_saae.pdf</t>
   </si>
   <si>
     <t>REQUER: Convocação de Diretor do SAAE para reunião de Comissão.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/reuerimento_61_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/reuerimento_61_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre emendas parlamentares recebidas pelo município de Manhumirim nos anos de 2022 e 2023.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/reqerimento_62_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/reqerimento_62_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre cumprimento de percentual da Secretaria Municipal de Educação</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_65_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_65_mario.pdf</t>
   </si>
   <si>
     <t>requer laudo sobre lixeiras subterrâneas.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_no_66_-_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_no_66_-_mario_jr.docx</t>
   </si>
   <si>
     <t>requer informações sobre patrimônio arquitetônico e histórico da cidade.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>requer informações sobre expomirim.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_68_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_68_darci.pdf</t>
   </si>
   <si>
     <t>REQUER: Informações sobre aparelhos de medir glicose.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/requerimento_69_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/requerimento_69_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Requer informações ligação de transformador no campo do córrego Poço Fundo</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/requerimento_70_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/requerimento_70_rodrigo.pdf</t>
   </si>
   <si>
     <t>Requer informações do diretor do SAAE</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/requerimento_71_-_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/requerimento_71_-_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o lixo produzido no município</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/requerimento_72_-_alexandre_e_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/requerimento_72_-_alexandre_e_mario.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre projeto de execução da obra na Praça Padre Júlio Maria</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/requerimento_73_-_alexandre_e_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/requerimento_73_-_alexandre_e_mario.pdf</t>
   </si>
   <si>
     <t>Requer seja convocado representante do Poder Público Municipal</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_74_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_74_darci.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre clinica prestadora de serviço de fisioterapia no Município de Manhumirim</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_no_75_-_mario_jr.pdf_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_no_75_-_mario_jr.pdf_cmm.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre aplicação do LOAS nas secretarias.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_76_-_alexandre_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_76_-_alexandre_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>Requer estudo dos resultados do senso IBGE no ano de 2023</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_77_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_77_darci.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre utilização de verba de emenda parlamentar impositiva ao Município de Manhumirim.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/requerimento_78_-_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/requerimento_78_-_dede.pdf</t>
   </si>
   <si>
     <t>Requer seja convocado Secretário Municipal de Saúde, Sr. Hugo Lopes, e o Coordenador do Laboratório da policlínica, Sr, Diego Louback.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/requerimento_no_79_-_mario_jr.pdfcmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/requerimento_no_79_-_mario_jr.pdfcmm.pdf</t>
   </si>
   <si>
     <t>Requerimento Qual o montante em % com despesa de pessoal ?</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_no_80_-_mario_jr.pdfcmm_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_no_80_-_mario_jr.pdfcmm_mario.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre financiamento.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/requerimento_no_81_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/requerimento_no_81_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre emenda parlamentar de calçamentos de áreas de zona rural e urbana</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>SPL</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/pl_05_subistitutivo_01._piso_enfermagem_assinado.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/pl_05_subistitutivo_01._piso_enfermagem_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AIMPLEMENTAÇÃO DO PISO NACIONAL DOS ENFERMEIROS, TÉCNICOS DE ENFERMAGEM E AUXILIARES DE ENFERMAGEM AO_x000D_
 DISPOSTO NA LEI FEDERAL N.º 14.434/2022, CONDICIONANDO A VIGÊNCIA E O PAGAMENTO AO INÍCIO E MANUTENÇÃO DOS REPASSES DO_x000D_
 GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/lei_municipal_no_1867_-_2023_-_denomina_ruas_vila_maricelma.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/lei_municipal_no_1867_-_2023_-_denomina_ruas_vila_maricelma.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua na Vila Mariselma e dá outras providências</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/lei_1.869.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/lei_1.869.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/lei_municipal_no_1870_-_2023_-_dispoe_sobre_a_criacao_do_programa_adote_uma_lixeira_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/lei_municipal_no_1870_-_2023_-_dispoe_sobre_a_criacao_do_programa_adote_uma_lixeira_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa "Adote uma Lixeira" e dá outras providências</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/lei_municipal_no_1872_-_2023_-_denomina_rua_luiz_da_silva_campos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/lei_municipal_no_1872_-_2023_-_denomina_rua_luiz_da_silva_campos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua no Bairro Vila Mariselma: “Rua Luiz da silva Campos (Sr. Lulu como era conhecido)</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/portaria_362_comissoes.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/portaria_362_comissoes.pdf</t>
   </si>
   <si>
     <t>Homologa as indicações das comissões permanentes da Câmara para o biênio 2023/2024.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/portaria_no_363_-_altera_o_calendario_da_camara_municipal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/portaria_no_363_-_altera_o_calendario_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Determina recesso das atividades da Câmara.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Nomeia membros para a Comissão do Sistema de Controle Interno da Câmara Municipal de Manhumirim e dá outras providências</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/portaria_no_367_-_nomeia_comissao_de_controle_interno.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/portaria_no_367_-_nomeia_comissao_de_controle_interno.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para a Comissão de Controle Patrimonial da Câmara Municipal de Manhumirim e dá outras providências</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/portaria_no_368_-_nomeia_comissao_de_controle_patrimonial.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/portaria_no_368_-_nomeia_comissao_de_controle_patrimonial.pdf</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/portaria_no_369_-_nomeia_comissao_de_descarte.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/portaria_no_369_-_nomeia_comissao_de_descarte.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para a Comissão de Arquivo e Descarte de Documentos da Câmara Municipal de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/portaria_no_370_-_altera_o_calendario_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/portaria_no_370_-_altera_o_calendario_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da Câmara Municipal</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>"Nomeia membros para a Comissão do Sistema de Controle Interno da Câmara Municipal de Manhumirim e dá outras providências"</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/portaria_no_372_-_calendario_legislativo_2023_e_anexos.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/portaria_no_372_-_calendario_legislativo_2023_e_anexos.docx</t>
   </si>
   <si>
     <t>Fixa o Calendário Legislativo da Câmara Municipal de Manhumirim para o ano de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/portaria_no_374_-_altera_o_calendario_da_camara.pdf_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/portaria_no_374_-_altera_o_calendario_da_camara.pdf_cmm.pdf</t>
   </si>
   <si>
     <t>ALTERA CALENDÁRIO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/portaria_no_375_-_altera_o_calendario_da_camara_assinada.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/portaria_no_375_-_altera_o_calendario_da_camara_assinada.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da CMM - finados.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/portaria_no_376_-_portal_transparencia.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/portaria_no_376_-_portal_transparencia.docx</t>
   </si>
   <si>
     <t>Estabelece as atribuições dos servidores quanto as publicações no portal da transparência da Câmara Municipal de Manhumirim.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/portaria_no_377_-_nomeia_comissao_especial_analise_titulo.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/portaria_no_377_-_nomeia_comissao_especial_analise_titulo.docx</t>
   </si>
   <si>
     <t>Nomeia membros para a comissão especial para análise aos projetos de títulos de honrarias da CMM e dá outras providências.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/portaria_no_378_-_altera_o_caledario_-_assinada.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/portaria_no_378_-_altera_o_caledario_-_assinada.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º, anexo, da portaria nº 372/2023 – Sessão Solene de enceramento das atividades da Câmara Municipal.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/portaria_379_recesso.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/portaria_379_recesso.pdf</t>
   </si>
   <si>
     <t>Altera o recesso dos dias 22 a 29 de dezembro de 2023, da portaria nº 372/2023 da Câmara Municipal.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto Total a Proposição de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/razoes_do_veto_n.o_002-2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/razoes_do_veto_n.o_002-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os serviços de coleta de entulho em área urbana do município de Manhumirim - caçamba solidária.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Veto Parcial a Proposição de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/veto_1_-_2023_-_projeto_de_lei_05-2023_piso_da_enfermagem.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/veto_1_-_2023_-_projeto_de_lei_05-2023_piso_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>Veto Parcial à Lei 1866/2023, referente ao Projeto de Lei 05/2023</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>PDSG</t>
   </si>
   <si>
     <t>Portaria da Direção Secretaria</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/portaria_no_378_-_altera_o_caledario_-_assinada.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/portaria_no_378_-_altera_o_caledario_-_assinada.pdf</t>
   </si>
   <si>
     <t>Altera o calendário da câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>SPRES</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/substititutivo_de_projeto_de_resolucao_migracao_julho_2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/substititutivo_de_projeto_de_resolucao_migracao_julho_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre migração de materiais inservíveis na Câmara para a Prefeitura Municipal e dá outras providências”</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>EPR</t>
   </si>
   <si>
     <t>Emenda a Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/emenda_n_01_pr_n_172022.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/emenda_n_01_pr_n_172022.pdf</t>
   </si>
   <si>
     <t>EMENDA N. 01 AO PROJETO DE RESOLUÇÃO Nº 17/2022.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/emenda_n_o_01-pl_15_suplementacao.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/emenda_n_o_01-pl_15_suplementacao.docx</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º do PL 15/2023 - Autoriza a abertura de créditos adicionais suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/emenda_n_o_01_-_pl_020-2023_-_loa_2024.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/emenda_n_o_01_-_pl_020-2023_-_loa_2024.docx</t>
   </si>
   <si>
     <t>Altera a redação do art.2º, I</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 20/2023 -  Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro de 2024. AO ARTIGO 2º.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/emenda_n_o_02_-_pl_20-2023_-_loa_2024.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/emenda_n_o_02_-_pl_20-2023_-_loa_2024.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 20/2023 - Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro de 2024. EMENDA AO ARTIGO 4º (ASSUNTO EMENDA IMPOSITIVA AO ORÇAMENTO).</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/emenda_n_o_01_-_pl_26-2023.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/emenda_n_o_01_-_pl_26-2023.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 26/2023 – Autoriza a criação do programa de assistência judiciária gratuita da população hipossuficiente do município de Manhumirim - MG  - EMENDA MODIFICATIVA AO ARTIGO 1º § 1º.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/emenda_n_o_02_-_pl_26-2023.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/emenda_n_o_02_-_pl_26-2023.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 26/2023 – Autoriza a criação do programa de assistência judiciária gratuita da população hipossuficiente do município de Manhumirim - MG  . EMENDA MODIFICATIVA AO ARTIGO 2º, § 1º.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/emenda_n_o_03_-_pl_26-2023.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/emenda_n_o_03_-_pl_26-2023.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 26/2023 – Autoriza a criação do programa de assistência judiciária gratuita da população hipossuficiente do município de Manhumirim - MG  . EMENDA MODIFICATIVA AO ARTIGO 6º E SUPRIME O PARÁGRAFO ÚNICO.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/emenda_lom_no_11_2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/emenda_lom_no_11_2023.pdf</t>
   </si>
   <si>
     <t>Inclui o parágrafo segundo ao artigo 16 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>Sargento Edgar, Alexsandro Lemos, Darci Braga, Sandro Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_emenda_a_lom_02.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_emenda_a_lom_02.pdf</t>
   </si>
   <si>
     <t>projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4412,67 +4412,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacao_001_-dede.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacao_002_-_dede.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_003_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacao_004_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacao_005_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacao_006_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_007_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacao_008_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacao_009_-_sandro_e_dede.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacao_010_-_sandro_e_dede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacao_011_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacao_012_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacao_015_-_benisio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacao_016_-_darci.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacao_018_-_darci.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/indicacao_no_019_-_mario.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/indicacao_13_juliana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/indicacao_19_juliana.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/indicacao_20_benisio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/indicacao_021_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_23_juliana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_24_dede.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_25_dede.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_26_xandinho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/indicacao_27_lemos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_28_lemos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_29_lequinho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/indicacao_30_lequinho.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_no_31_mario_jr.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_32_mario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/indicacao_33_-_darci.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_34_-_dede.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_35_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_37_xandinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_38_mario.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/indicacao_41_-_ver._darci.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/indicacao_42_ver._darci.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/indicacao_no_39_lequinho.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/indicacao_40_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/indicacao_45_-_dede.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/indicacao_46_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_47__xandinho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/indicacao_no_48_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/indicacao_43_juliana.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/indicacao_44_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_49_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_50_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/indicacao_51_-_dede.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/indicacao_52_-_dede.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/indicacao_53_-_alexandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_54_-_alexandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_55_juliana.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_56_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/indicacao_57_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/indicacao_58_mario.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/indicacao_59_mario.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/indicacao_no_62_darci.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_63_darci.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/indicacao_no_64_dede.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/indicacao_no_65_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_66_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_67_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_68_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_69_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/indicacao_70_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/indicacao_71_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao_72_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/indicacao_73_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/indicacao_74_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_75_-_dede.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/indicacao_76_edgar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_77_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/indicacao_78_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/indicacao_79_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/indicacao_80_edgar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/indicacao_81_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_82_mario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_83_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/indicacao_85_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/indicacao_88_darci.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/indicacao_89_-_darci.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/indicacao_90_-_alexandre_jesus.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/indicacao_91_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/indicacao_92_-_dede.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/indicacao_93_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/indicacao_no_94_mario_jr.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/indicacao_95_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_96_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_97_juliana.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_98_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_99_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_100_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/indicacao_101_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/indicacao_102_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_103_edgar.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_104_-_xandinho_e_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/indicacao_105_xandinho.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_106_-_lequinho_e_outros.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_107_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_108_dede.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_109_dede.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/indicacao_no_110_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/indicacao_no_111_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/indicacao_112_edgar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/indicacao_113_edgar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/indicacao_114_dede.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/indicacao_115_dede.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/indicacao_116_lequinho.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/indicacao_117_lequinho.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/ind_118_ver_edigar.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/indicacao_118_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/indicacao_119_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/indicacao_120_darci.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/indicacao_no_122_ver_rodrigo.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/indicacao_123_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/indicacao_124_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/indicacao_125_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/indicacao_126_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_127_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_128_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/indicacao_129_lequinho.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/indicacao_130_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/indicacao_131_sandro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/indicacao_132_benisio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/indicacao_133_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/indicacao_134_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/indicacao_135_-_vereador_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/indicacao_136_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_135_dede.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_136_dede.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_137_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_138_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_142_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_143_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_144-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao_145_-_dede.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao_146_-_dede.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_147_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao_148_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao_149_-_dede.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao_150_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_151_ver_edgar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_152_lequinho.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacao_153_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacao_154_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_155_xandinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_157_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_158_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao_159_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao_160_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao_161_darci.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacao_162_mario.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/indicacao_163_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/indicacao_164_-_dede.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/scanindicacao_165_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/indicacao_166_lequinho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_167_lequinho.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/indicacao_168_mario.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/indicacao_169_-_maio_jr.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/indicacao_170_-_mario_jr..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/indicacao_171_lequinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacao_172_darci.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/indicacao_173_sandro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_no_174_-_darci.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_no_175_-_lequinho.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_176_xandinho.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_177_xandinho.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_178_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao_179_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao_180_dede.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/inicacao_181_-_dede.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao_182_edgar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao_183_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao_184_-_dede.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_185_lequinho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_186_lequinho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_185_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_188_lequinho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_189_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/indicacao_190_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/indicacao_191_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_192_edgar.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_193_-_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/indicacao_194_-_dede.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao_195_-_sgt._edgar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao_196_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao_197_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/indicacao_no_198_mario_jr.pdfcmm.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao_no_199_mario_jr.pdfcmm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/indicacao_no_200_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/indicacao_no_201-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/mocao_01_-_darci.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/mocao_no_02_-_congratula_carlos_magno.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/mocao_no_05_-_congratula_o_sr._augusto_khede.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mocao_04-2023_-_congratula_a_senhora_lourdes_fraga.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/mocao_06-2023_congratula_policiais_militares.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/mocao_07_-_congratula_cafeeira_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/mocao_no_08_-_congratula_congresso_nacional.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/plc_01_-__revisao_geral_anual_educacao_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/pl_01_-_projeto_de_lei_centro_de_zoonoses_e_abrigo_municipal_2_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/pl__02_-_recomposicao_salarial_servidores_cmm_2023_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/pl_03_-_denomina_ponte_do_corrego_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_04_revisao_geral_anual_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/pl_05-2023_-_piso_enfermagem_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/pl_06_piso_acs_e_ace_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/pl_07_-_altera_lei_1261_diaria_cmm.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/pl_09_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/pl_10_veda_nomeacao_em_determinados_casos.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/pl_11_-_doacao_de_terreno_para_igreja_maranata.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/pl_12_-_altera_a_lei_municipal_no_1329-05.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/pl_13_-_denomina_rua_no_bairro_vila_mariselma.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/pl_14_-_denomina_quadra_de_esportes_do_corrego_pirapetinga.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/pl_16_nome_rua.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/pl_17_-_denomina_ponte_do_corrego_pirapetinga.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/pl_18_-_denomina_ponte_do_bairro_vila_rica_ponte_joao_batista_de_sena.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/pl_19_-_denomina_ponte_do_corrego_caatinga_-_ponte_jose_silvino_knupp.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_lei_manhumirim_loa_2024_1_1.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei._altera_cmdrs_2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_22_-_denomina_praca_da_rua_manoel_barbosa_-_praca_alvina_ricas_barbosa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_23_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_24._permissao_de_uso_de_bem_publico_a_pessoa_juridica_nilcelio_de_faria_sindra-me.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/pl_25._permissao_de_uso_de_bem_publico_a_pessoa_juridica_super_burguer_ltda-me.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/pl_26._assistencia_judiciaria_gratuita.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/pl_27._dispoe_sobre_a_politica_publica_de_assistencia_social_do_municipio_de_manhumirim_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/pl_28__desconcentracao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/pr_01_recomposicao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/projeto_de_resolucao_02-23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_resolucao_no_3_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/concede_diploma_ao_sr._ivan_rubens.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/pr_02_diploma_veteranos_pm.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pr_07_lemos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/pr_08_dede.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/pr_09_darci.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/pr_10_darci.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/pr_11_xandinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/pr_12_dr_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/pr_13_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/pr_14_-_honra_ao_merito_daybson_gomes_melo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/pr_no_14_cidadao_honorario_daybson.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pr_no_16_contas_ronaldo_lopes_2012.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/requerimento_001_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/requerimento_002_-_xandinho_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/requerimento_005_-_xandinho_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_03_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/requerimento_05_juliana.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/requerimento_06_mario.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_07_mario.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/requerimento_08_benizio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/requerimento_009_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/requerimento_010_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/requerimento_11_mario.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/requerimento_12_mario.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/requerimento_013-2023_edgar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/requerimento_14_xandinho.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/requerimento_15_mario.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/requerimento_16_mario.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/requerimento_17_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/requerimento_17_juliana.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/requerimento_18_juliana.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/requerimento_no_20_-_mario.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/requerimento_no_21_-_mario.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/requerimento_22_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/requerimento_23_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/requerimento_24_-_alexandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/requerimento_no_25_juliana.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/requerimento_26_juliana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_27_mario.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/requerimento_27_mario.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_29_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_30_juliana.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_31_juliana.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_32_darci.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/requerimento_34_-_xandinho_anderson_e_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_35_-_mario.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_36_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requeirmento_38_-_darci.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_39_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_40_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/requerimento_41_mario.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_no_42_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_no_43_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/requerimento_44_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/rquerimento_45_juliana.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_44_mario.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_47_mario.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_no_46_xandinho.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/requerimento_no_47_-_xandinho.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/requerimento_46_xandinho.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_48_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/requerimento_49_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/requerimento_no_53_lequinho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/requerimento_no_54_lequinho.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_55-23-juliana_ananias.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/rqueriemento_no_55_-_darci_e_sandro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/requerimento_57_xandinho.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/requerimento_58_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_59_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_60_convoca_diretor_saae.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/reuerimento_61_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/reqerimento_62_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_65_mario.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_no_66_-_mario_jr.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_68_darci.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/requerimento_69_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/requerimento_70_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/requerimento_71_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/requerimento_72_-_alexandre_e_mario.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/requerimento_73_-_alexandre_e_mario.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_74_darci.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_no_75_-_mario_jr.pdf_cmm.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_76_-_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_77_darci.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/requerimento_78_-_dede.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/requerimento_no_79_-_mario_jr.pdfcmm.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_no_80_-_mario_jr.pdfcmm_mario.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/requerimento_no_81_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/pl_05_subistitutivo_01._piso_enfermagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/lei_municipal_no_1867_-_2023_-_denomina_ruas_vila_maricelma.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/lei_1.869.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/lei_municipal_no_1870_-_2023_-_dispoe_sobre_a_criacao_do_programa_adote_uma_lixeira_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/lei_municipal_no_1872_-_2023_-_denomina_rua_luiz_da_silva_campos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/portaria_362_comissoes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/portaria_no_363_-_altera_o_calendario_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/portaria_no_367_-_nomeia_comissao_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/portaria_no_368_-_nomeia_comissao_de_controle_patrimonial.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/portaria_no_369_-_nomeia_comissao_de_descarte.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/portaria_no_370_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/portaria_no_372_-_calendario_legislativo_2023_e_anexos.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/portaria_no_374_-_altera_o_calendario_da_camara.pdf_cmm.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/portaria_no_375_-_altera_o_calendario_da_camara_assinada.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/portaria_no_376_-_portal_transparencia.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/portaria_no_377_-_nomeia_comissao_especial_analise_titulo.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/portaria_no_378_-_altera_o_caledario_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/portaria_379_recesso.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/razoes_do_veto_n.o_002-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/veto_1_-_2023_-_projeto_de_lei_05-2023_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/portaria_no_378_-_altera_o_caledario_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/substititutivo_de_projeto_de_resolucao_migracao_julho_2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/emenda_n_01_pr_n_172022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/emenda_n_o_01-pl_15_suplementacao.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/emenda_n_o_01_-_pl_020-2023_-_loa_2024.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/emenda_n_o_02_-_pl_20-2023_-_loa_2024.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/emenda_n_o_01_-_pl_26-2023.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/emenda_n_o_02_-_pl_26-2023.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/emenda_n_o_03_-_pl_26-2023.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/emenda_lom_no_11_2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_emenda_a_lom_02.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacao_001_-dede.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacao_002_-_dede.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_003_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacao_004_-xandinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacao_005_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacao_006_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_007_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacao_008_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacao_009_-_sandro_e_dede.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacao_010_-_sandro_e_dede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacao_011_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacao_012_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacao_015_-_benisio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacao_016_-_darci.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacao_018_-_darci.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/indicacao_no_019_-_mario.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/indicacao_13_juliana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/indicacao_19_juliana.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/indicacao_20_benisio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/indicacao_021_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_23_juliana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_24_dede.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_25_dede.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_26_xandinho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/indicacao_27_lemos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_28_lemos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_29_lequinho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/indicacao_30_lequinho.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_no_31_mario_jr.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_32_mario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/indicacao_33_-_darci.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_34_-_dede.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_35_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_37_xandinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_38_mario.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/indicacao_41_-_ver._darci.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/indicacao_42_ver._darci.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/indicacao_no_39_lequinho.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/indicacao_40_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/indicacao_45_-_dede.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/indicacao_46_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_47__xandinho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/indicacao_no_48_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/indicacao_43_juliana.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/indicacao_44_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_49_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_50_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/indicacao_51_-_dede.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/indicacao_52_-_dede.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/indicacao_53_-_alexandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_54_-_alexandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_55_juliana.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_56_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/indicacao_57_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/indicacao_58_mario.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/indicacao_59_mario.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/indicacao_no_62_darci.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_63_darci.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/indicacao_no_64_dede.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/indicacao_no_65_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_66_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_67_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_68_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_69_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/indicacao_70_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/indicacao_71_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao_72_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/indicacao_73_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/indicacao_74_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_75_-_dede.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/indicacao_76_edgar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_77_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/indicacao_78_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/indicacao_79_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/indicacao_80_edgar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/indicacao_81_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_82_mario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_83_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/indicacao_85_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/indicacao_88_darci.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/indicacao_89_-_darci.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/indicacao_90_-_alexandre_jesus.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/indicacao_91_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/indicacao_92_-_dede.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/indicacao_93_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/indicacao_no_94_mario_jr.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/indicacao_95_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_96_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_97_juliana.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_98_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_99_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_100_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/indicacao_101_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/indicacao_102_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_103_edgar.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_104_-_xandinho_e_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/indicacao_105_xandinho.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_106_-_lequinho_e_outros.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_107_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_108_dede.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_109_dede.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/indicacao_no_110_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/indicacao_no_111_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/indicacao_112_edgar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/indicacao_113_edgar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/indicacao_114_dede.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/indicacao_115_dede.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/indicacao_116_lequinho.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/indicacao_117_lequinho.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/ind_118_ver_edigar.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/indicacao_118_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/indicacao_119_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/indicacao_120_darci.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/indicacao_no_122_ver_rodrigo.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/indicacao_123_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/indicacao_124_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/indicacao_125_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/indicacao_126_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_127_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_128_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/indicacao_129_lequinho.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/indicacao_130_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/indicacao_131_sandro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/indicacao_132_benisio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/indicacao_133_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/indicacao_134_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/indicacao_135_-_vereador_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/indicacao_136_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_135_dede.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_136_dede.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_137_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_138_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_142_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_143_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_144-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao_145_-_dede.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao_146_-_dede.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_147_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao_148_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao_149_-_dede.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao_150_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_151_ver_edgar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_152_lequinho.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacao_153_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacao_154_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_155_xandinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_157_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_158_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao_159_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao_160_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao_161_darci.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacao_162_mario.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/indicacao_163_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/indicacao_164_-_dede.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/scanindicacao_165_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/indicacao_166_lequinho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_167_lequinho.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/indicacao_168_mario.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/indicacao_169_-_maio_jr.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/indicacao_170_-_mario_jr..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/indicacao_171_lequinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacao_172_darci.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/indicacao_173_sandro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_no_174_-_darci.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_no_175_-_lequinho.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_176_xandinho.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_177_xandinho.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_178_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao_179_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao_180_dede.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/inicacao_181_-_dede.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao_182_edgar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao_183_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao_184_-_dede.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_185_lequinho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_186_lequinho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_185_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_188_lequinho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_189_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/indicacao_190_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/indicacao_191_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_192_edgar.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_193_-_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/indicacao_194_-_dede.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao_195_-_sgt._edgar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao_196_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao_197_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/indicacao_no_198_mario_jr.pdfcmm.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao_no_199_mario_jr.pdfcmm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/indicacao_no_200_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/indicacao_no_201-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/mocao_01_-_darci.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/mocao_no_02_-_congratula_carlos_magno.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/mocao_no_05_-_congratula_o_sr._augusto_khede.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mocao_04-2023_-_congratula_a_senhora_lourdes_fraga.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/mocao_06-2023_congratula_policiais_militares.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/mocao_07_-_congratula_cafeeira_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/mocao_no_08_-_congratula_congresso_nacional.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/plc_01_-__revisao_geral_anual_educacao_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/pl_01_-_projeto_de_lei_centro_de_zoonoses_e_abrigo_municipal_2_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/pl__02_-_recomposicao_salarial_servidores_cmm_2023_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/pl_03_-_denomina_ponte_do_corrego_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_04_revisao_geral_anual_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/pl_05-2023_-_piso_enfermagem_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/pl_06_piso_acs_e_ace_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/pl_07_-_altera_lei_1261_diaria_cmm.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/pl_09_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/pl_10_veda_nomeacao_em_determinados_casos.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/pl_11_-_doacao_de_terreno_para_igreja_maranata.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/pl_12_-_altera_a_lei_municipal_no_1329-05.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/pl_13_-_denomina_rua_no_bairro_vila_mariselma.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/pl_14_-_denomina_quadra_de_esportes_do_corrego_pirapetinga.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/pl_16_nome_rua.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/pl_17_-_denomina_ponte_do_corrego_pirapetinga.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/pl_18_-_denomina_ponte_do_bairro_vila_rica_ponte_joao_batista_de_sena.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/pl_19_-_denomina_ponte_do_corrego_caatinga_-_ponte_jose_silvino_knupp.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_lei_manhumirim_loa_2024_1_1.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei._altera_cmdrs_2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_22_-_denomina_praca_da_rua_manoel_barbosa_-_praca_alvina_ricas_barbosa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_23_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_24._permissao_de_uso_de_bem_publico_a_pessoa_juridica_nilcelio_de_faria_sindra-me.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/pl_25._permissao_de_uso_de_bem_publico_a_pessoa_juridica_super_burguer_ltda-me.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/pl_26._assistencia_judiciaria_gratuita.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/pl_27._dispoe_sobre_a_politica_publica_de_assistencia_social_do_municipio_de_manhumirim_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/pl_28__desconcentracao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/pr_01_recomposicao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/projeto_de_resolucao_02-23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_resolucao_no_3_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/concede_diploma_ao_sr._ivan_rubens.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/pr_02_diploma_veteranos_pm.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pr_07_lemos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/pr_08_dede.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/pr_09_darci.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/pr_10_darci.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/pr_11_xandinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/pr_12_dr_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/pr_13_dr._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/pr_14_-_honra_ao_merito_daybson_gomes_melo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/pr_no_14_cidadao_honorario_daybson.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pr_no_16_contas_ronaldo_lopes_2012.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/requerimento_001_-_edgar.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/requerimento_002_-_xandinho_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/requerimento_005_-_xandinho_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_03_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/requerimento_05_juliana.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/requerimento_06_mario.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_07_mario.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/requerimento_08_benizio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/requerimento_009_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/requerimento_010_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/requerimento_11_mario.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/requerimento_12_mario.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/requerimento_013-2023_edgar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/requerimento_14_xandinho.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/requerimento_15_mario.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/requerimento_16_mario.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/requerimento_17_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/requerimento_17_juliana.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/requerimento_18_juliana.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/requerimento_no_20_-_mario.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/requerimento_no_21_-_mario.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/requerimento_22_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/requerimento_23_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/requerimento_24_-_alexandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/requerimento_no_25_juliana.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/requerimento_26_juliana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_27_mario.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/requerimento_27_mario.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_29_-_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_30_juliana.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_31_juliana.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_32_darci.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/requerimento_34_-_xandinho_anderson_e_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_35_-_mario.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_36_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requeirmento_38_-_darci.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_39_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_40_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/requerimento_41_mario.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_no_42_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_no_43_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/requerimento_44_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/rquerimento_45_juliana.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_44_mario.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_47_mario.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_no_46_xandinho.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/requerimento_no_47_-_xandinho.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/requerimento_46_xandinho.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_48_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/requerimento_49_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/requerimento_no_53_lequinho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/requerimento_no_54_lequinho.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_55-23-juliana_ananias.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/rqueriemento_no_55_-_darci_e_sandro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/requerimento_57_xandinho.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/requerimento_58_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_59_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_60_convoca_diretor_saae.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/reuerimento_61_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/reqerimento_62_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_65_mario.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_no_66_-_mario_jr.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_68_darci.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/requerimento_69_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/requerimento_70_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/requerimento_71_-_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/requerimento_72_-_alexandre_e_mario.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/requerimento_73_-_alexandre_e_mario.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_74_darci.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_no_75_-_mario_jr.pdf_cmm.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_76_-_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_77_darci.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/requerimento_78_-_dede.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/requerimento_no_79_-_mario_jr.pdfcmm.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_no_80_-_mario_jr.pdfcmm_mario.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/requerimento_no_81_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/pl_05_subistitutivo_01._piso_enfermagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/lei_municipal_no_1867_-_2023_-_denomina_ruas_vila_maricelma.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/lei_1.869.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/lei_municipal_no_1870_-_2023_-_dispoe_sobre_a_criacao_do_programa_adote_uma_lixeira_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/lei_municipal_no_1872_-_2023_-_denomina_rua_luiz_da_silva_campos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/portaria_362_comissoes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/portaria_no_363_-_altera_o_calendario_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/portaria_no_367_-_nomeia_comissao_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/portaria_no_368_-_nomeia_comissao_de_controle_patrimonial.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/portaria_no_369_-_nomeia_comissao_de_descarte.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/portaria_no_370_-_altera_o_calendario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/portaria_no_372_-_calendario_legislativo_2023_e_anexos.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/portaria_no_374_-_altera_o_calendario_da_camara.pdf_cmm.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/portaria_no_375_-_altera_o_calendario_da_camara_assinada.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/portaria_no_376_-_portal_transparencia.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/portaria_no_377_-_nomeia_comissao_especial_analise_titulo.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/portaria_no_378_-_altera_o_caledario_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/portaria_379_recesso.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/razoes_do_veto_n.o_002-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/veto_1_-_2023_-_projeto_de_lei_05-2023_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/portaria_no_378_-_altera_o_caledario_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/substititutivo_de_projeto_de_resolucao_migracao_julho_2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/emenda_n_01_pr_n_172022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/emenda_n_o_01-pl_15_suplementacao.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/emenda_n_o_01_-_pl_020-2023_-_loa_2024.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/emenda_n_o_02_-_pl_20-2023_-_loa_2024.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/emenda_n_o_01_-_pl_26-2023.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/emenda_n_o_02_-_pl_26-2023.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/emenda_n_o_03_-_pl_26-2023.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/emenda_lom_no_11_2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_emenda_a_lom_02.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H363"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="185.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="184.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>