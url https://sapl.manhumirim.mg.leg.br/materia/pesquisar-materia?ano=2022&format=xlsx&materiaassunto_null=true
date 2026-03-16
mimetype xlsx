--- v0 (2025-12-19)
+++ v1 (2026-03-16)
@@ -54,3390 +54,3390 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Anderson Vidal Soares, Dedé Motoboy</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_no_001_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_no_001_dede.docx</t>
   </si>
   <si>
     <t>Indica calçamento da Avenida Darly de Oliveira no Bairro Vila Mariselma</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_no_002_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_no_002_dede.docx</t>
   </si>
   <si>
     <t>Indica Calçamento dos pontos críticos da Serra dos Corrêas</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_no_003_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_no_003_alexandre.docx</t>
   </si>
   <si>
     <t>Indica reforma do campo de futebol do Bairro Santa Rita</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_no_004_alexandre_2.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_no_004_alexandre_2.docx</t>
   </si>
   <si>
     <t>Indica instalação de rede de internet no PSF dos Gracianos</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Juliana Ananias</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1737/indicacao_no_05_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1737/indicacao_no_05_juliana.docx</t>
   </si>
   <si>
     <t>Indica a limpeza do Bairro São Vicente e do estádio João Miguel de Oliveira no Bairro Santo Antônio</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1738/indicacao_no_06_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1738/indicacao_no_06_juliana.docx</t>
   </si>
   <si>
     <t>Indica calçamento na Rua Marcília Machado e Rua Idelfonso Valentim da Silva no Bairro Vila Verde.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Lequinho da Van</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_07.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_07.pdf</t>
   </si>
   <si>
     <t>Indica construção de capela velório no Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_08_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_08_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de alambrado na quadra do Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mário Sidney Nolasco Júnior</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_09_juninho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_09_juninho.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO PARA REESTRUTURAÇÃO DOS VALORES DAS DIÁRIAS PAGAS AOS MOTORISTAS DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1747/indicacao_no_010_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1747/indicacao_no_010_dede.docx</t>
   </si>
   <si>
     <t>indica revitalização da Praça da Rua Francisco de Melo Sobrinho no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_no_011_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_no_011_dede.docx</t>
   </si>
   <si>
     <t>Indica conclusão da galeria pluvial da Rua Suely Damasceno</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Sargento Edgar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_12_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_12_edgar.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de bicicletário para Avenida Raul Soares - Centro.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1751/indicacao_13_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1751/indicacao_13_edgar.pdf</t>
   </si>
   <si>
     <t>Indica calçamento da Av. Moacir de Castro Souza – Bairro Morada Nova.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_no_14_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_no_14_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica restauração da academia saúde da Praça Dom Antônio Felipe da Cunha, no bairro do Roque</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1757/indicacao_no_15_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1757/indicacao_no_15_mario_jr.docx</t>
   </si>
   <si>
     <t>Indica contratação de engenheiro de trânsito para o Município.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Alexsandro Lemos</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_no_16_alexsandro.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_no_16_alexsandro.docx</t>
   </si>
   <si>
     <t>Indica dragagem do Rio aos fundos do Clube AABB</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_no_17_alexsandro_lemos.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_no_17_alexsandro_lemos.docx</t>
   </si>
   <si>
     <t>Indica recapeamento da pavimentação da avenida Agenor Carlos Werner</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_no_18_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_no_18_dede.docx</t>
   </si>
   <si>
     <t>Indica conclusão do calçamento da Rua Manoel Andre Destre</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_no_19_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_no_19_dede.docx</t>
   </si>
   <si>
     <t>Indica limpeza e revitalização dos muros da Vila Isabel e Avenida Theófilo Tostes e instalação de corrimão.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_20.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Indica coleta de lixo na zona rural.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_no_21_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_no_21_lequinho.docx</t>
   </si>
   <si>
     <t>Indica reforma de estrada no isidoro.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Darci Braga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_no_22_darci.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_no_22_darci.docx</t>
   </si>
   <si>
     <t>indica sistema pluvial na Vila Borel</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_no_23_darci.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_no_23_darci.docx</t>
   </si>
   <si>
     <t>Indica reforma da Escola M. Drª. Maria da Conceição Ribeiro</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Sandro Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_no_24_sandro.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_no_24_sandro.docx</t>
   </si>
   <si>
     <t>Indica construção de sistema pluvial nos bairros Santo Antônio e São Vicente.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_no_25_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_no_25_alexandre.docx</t>
   </si>
   <si>
     <t>Indica término do calçamento das Ruas Arlindo Damião Rodrigues e Ilvarina Gonçalves da Silva.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_no_26_xandinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_no_26_xandinho.docx</t>
   </si>
   <si>
     <t>Indica construção e caixa de captação de água pluvial com manilhamento para destinação do fluxo de água até ao córrego (acesso a torre da Antiga Telemig)</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_27_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_27_ver_mario.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da Praça Padre Júlio Maria (play ground, aparelhos de ginástica e pavimentação).</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_28_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_28_mario.pdf</t>
   </si>
   <si>
     <t>Indica contratação através de processo licitatório de empresa para fazer reparos no calçamento do município.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_no_29_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_no_29_juliana.docx</t>
   </si>
   <si>
     <t>Indica reativação do Ponto de Apoio do Bairro Campestre.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_no_30_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_no_30_juliana.docx</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade financeira para a implementação do Centro de Atendimento Multidisciplinar para os alunos das Escolas Municipais</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_no_31_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_no_31_dede.docx</t>
   </si>
   <si>
     <t>Indica revitalização das faixas de pedestres municipais de nossa cidade.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/indicacao_no_32_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/indicacao_no_32_dede.docx</t>
   </si>
   <si>
     <t>Indica construção de uma rotatória na junção da Rua Luiz Quintino com a Praça Nicolau Bracks e Avenida Padre Júlio Maria.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/indicacao_no_33_darci.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/indicacao_no_33_darci.docx</t>
   </si>
   <si>
     <t>Indica obra de rede pluvial no terreno da Igreja na Rua Manacá – Bairro Campestre.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/indicacao_no_34_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/indicacao_no_34_lequinho.docx</t>
   </si>
   <si>
     <t>Indica reforma do posto de saúde do Bairro Nossa Senhora da Penha</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_no_35_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_no_35_lequinho.docx</t>
   </si>
   <si>
     <t>Indica lixeira para a Rua Boa Esperança – Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/indicacao_36_ver_edigar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/indicacao_36_ver_edigar.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestiário no campão do Bairro Mangueiras.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_no_37_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_no_37_dede.docx</t>
   </si>
   <si>
     <t>Indica construção de calçada na Rua Nicolau Bracks (Saída da praça da bíblia sentido rua Durandé</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_no_38_-_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_no_38_-_dede.docx</t>
   </si>
   <si>
     <t>Indica construção de Praça e instalação de equipamentos da academia da Saúde na Rua Orfano Gonzaga no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_no_39_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_no_39_mario_jr.docx</t>
   </si>
   <si>
     <t>Indica estudo orçamentário para implantação de grama sintética na Praça de Esportes José Nolasco</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/indicacao_no_40_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/indicacao_no_40_mario_jr.docx</t>
   </si>
   <si>
     <t>Solicita levantamento do número de agentes de esportes na cidade</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/indicacao_no_41_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/indicacao_no_41_lequinho.docx</t>
   </si>
   <si>
     <t>indica faixa de pedestre na av. Teófilo Tostes.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_no_42_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_no_42_lequinho.docx</t>
   </si>
   <si>
     <t>Indica feira livre no trevo de Manhumirim, bairro Cidade Jardim</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indica reforma de imóvel do CRAS no Bairro da Penha</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/indicacao_lequinho_caixas_de_contencao.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/indicacao_lequinho_caixas_de_contencao.pdf</t>
   </si>
   <si>
     <t>Indica instalação de caixas de contenção nas estradas rurais</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_no_43_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_no_43_dede.docx</t>
   </si>
   <si>
     <t>Indica instalação de guarde-rei na MG-111</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Anderson Vidal Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_no_44_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_no_44_dede.docx</t>
   </si>
   <si>
     <t>Indica construção de calçada nas margens da MG - 111, partindo do comércio FIBRARP, indo até ao Armazém de café NKG STOKLER</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/indicacao_no_47_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/indicacao_no_47_juliana.docx</t>
   </si>
   <si>
     <t>Indica limpeza e reforma do PSF Isidoro, Dr. Oscar Lira Pedrosa</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/indicacao_no_48_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/indicacao_no_48_juliana.docx</t>
   </si>
   <si>
     <t>Indica limpeza dos entulhos, poda dos galhos e jardinagem das árvores da Rua Santa Luzia no Bairro Mangueiras</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Indica concerto de ponte no Córrego do Ouro.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/indicacao_no_50_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/indicacao_no_50_lequinho.docx</t>
   </si>
   <si>
     <t>Indica aulas de zumba para a população.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/indicacao_no_51_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/indicacao_no_51_lequinho.docx</t>
   </si>
   <si>
     <t>Indica compra e distribuição de uniformes para alunos das Escolas Públicas Municipais.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_52_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_52_mario.pdf</t>
   </si>
   <si>
     <t>Indica contratação de empresa especializada para elaborar o Plano de cargos e salários dos servidores da Secretaria municipal de educação.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/indicacao_53_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/indicacao_53_ver_mario.pdf</t>
   </si>
   <si>
     <t>Indica implementação de licitação.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/indicacao_no_54_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/indicacao_no_54_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade financeira para a instalação de Câmeras de Monitoramento e Segurança nas Entradas dos córregos pertencentes à zona rural do município de Manhumirim.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/indicacao_no_55__sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/indicacao_no_55__sandro.pdf</t>
   </si>
   <si>
     <t>Indica feira artesanal ao ar livre.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/indicacao_no_56_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/indicacao_no_56_sandro.pdf</t>
   </si>
   <si>
     <t>Indica construção de corrimão na Rua Frei Francisco, Bairro Mangueiras.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_57_sgt_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_57_sgt_edgar.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada e limpeza na Rua Elias Fernandes de Souza – Bairro Cidade Jardim.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_58_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_58_mario.pdf</t>
   </si>
   <si>
     <t>Indica construção de pista de caminhada na Rodovia Antônio Rust, instalação de postes de iluminação e placas de alerta de pratica esportiva no local.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/indicacao_no_59_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/indicacao_no_59_mario.pdf</t>
   </si>
   <si>
     <t>Indica fechamento do contorno ou logradouro para atividades de lazer.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/indicacao_no_60_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/indicacao_no_60_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica retorno da programação municipal da “Comida de Buteco”.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/indicacao_no_61_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/indicacao_no_61_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica contratação de monitores para os ônibus escolares.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/indicacao_no_62_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/indicacao_no_62_mario_jr.docx</t>
   </si>
   <si>
     <t>Indica revitalização do escadão, reparos na iluminação e mureta da Rua Nunes da Rosa</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_63_alexsandro_lemos.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_63_alexsandro_lemos.docx</t>
   </si>
   <si>
     <t>Indica construção de rede pluvial e rede de esgoto na Avenida Virgílio Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_64_sgt_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_64_sgt_edgar.pdf</t>
   </si>
   <si>
     <t>Indica reparos em manilhas da rede fluvial e esgoto no bairro Nossa Senhora de Lourdes.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_65_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_65_ver_mario.pdf</t>
   </si>
   <si>
     <t>Indica substituição de todos os telhados das UBS.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/indicacao_no_66_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/indicacao_no_66_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica restauração de painel com pintura em homenagem ao falecido Jorge, na Av. Teófilo Tostes.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_67_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_67_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro de contenção na Rua Jorge Caetano dos Santos – Bairro Nossa Senhora de Lourdes.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/indicacao_no_68.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/indicacao_no_68.pdf</t>
   </si>
   <si>
     <t>Indica realização de Cronograma de Ações para Zona Rural.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_no_69_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_no_69_juliana.docx</t>
   </si>
   <si>
     <t>Indica construção de muro de contenção na Rua Santa Luiza, nº 217, Bairro Mangueiras</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/indicacao_no_70_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/indicacao_no_70_juliana.docx</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade finaceiro para construção de parapeito no muro em frente ao colégio Santa Teresinha</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_no_71_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_no_71_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica academia saúde na Praça Marisa Fully Coelho.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Benísio Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_no_72_benisio.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_no_72_benisio.docx</t>
   </si>
   <si>
     <t>Indica instalação de quebra-molas na Avenida Roque Porcaro Junior, Rua Domingos Destro.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/indicacao_no_73_benisio.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/indicacao_no_73_benisio.docx</t>
   </si>
   <si>
     <t>Indica elevação de calçamento na Avenida Theófilo Tostes, proximo a ponte</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/indicacao_no_74_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/indicacao_no_74_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica abertura de rua na Praça Pe. Júlio Maria.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/indicacao_no_75_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/indicacao_no_75_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica obras de infraestrutura na mina d’água do contorno.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/indicacao_no_76_alexsandro_lemos.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/indicacao_no_76_alexsandro_lemos.docx</t>
   </si>
   <si>
     <t>Indica Limpeza de bueiros no Bairro São Vicente</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_no_77_alexsandro_lemos.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_no_77_alexsandro_lemos.docx</t>
   </si>
   <si>
     <t>Indica melhorias na Estradas do Córrego Caatinga através de terraplanagem</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/indicacao_no_78_alexandre_de_jesus.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/indicacao_no_78_alexandre_de_jesus.docx</t>
   </si>
   <si>
     <t>Indica reforma do muro da rua Durandé</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/indicacao_no_079_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/indicacao_no_079_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica criação de sistema de avaliação dos serviços prestados no Pronto Socorro.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/indicacao_no_080_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/indicacao_no_080_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica plantio de mudas de arvores</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/indicacao_no_81_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/indicacao_no_81_darci.pdf</t>
   </si>
   <si>
     <t>Indica melhorias para o pontilhão</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/indicacao_no_82_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/indicacao_no_82_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica o término das obras dos três portais da cidade</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/indicacao_no_83_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/indicacao_no_83_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica projeto social para construção de casas populares.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/indicacao_no_84_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/indicacao_no_84_dede.docx</t>
   </si>
   <si>
     <t>Indica a substituição das lâmpadas de nossa cidade por "LED"</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/indicacao_no_85_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/indicacao_no_85_juliana.docx</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade financeira e parecer jurídico para o desenvolvimento e posterior implantação de anteprojeto de lei " PROGRAMA JOVEM APRENDIZ".</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/indicacao_no_86_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/indicacao_no_86_juliana.docx</t>
   </si>
   <si>
     <t>Indica ampla divulgação dos serviços de apoio aos pacientes com transtornos mentais e ampla divulgação dos exames preventivos e cuidados com a saúde para evitar as doenças causadas por câncer.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_no_87.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_no_87.docx</t>
   </si>
   <si>
     <t>Indica calçamento da Rua Dr. Renato Albuquerque até MG - 111</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_88_sgt_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_88_sgt_edgar.pdf</t>
   </si>
   <si>
     <t>Indica redutor de velocidade na Rua Juquinha de Albuquerque, Bairro Vidal Soares.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Anderson Vidal Soares, Benísio Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/indicacao_89_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/indicacao_89_dede.pdf</t>
   </si>
   <si>
     <t>Indica instalação de lixeiras ecológicas na Praça Getúlio Vargas</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/indicacao_90_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/indicacao_90_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica inclusão de café da manhã aos alunos da rede municipal de ensino</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/indicacao_91_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/indicacao_91_edgar.pdf</t>
   </si>
   <si>
     <t>Indica placas de sinalização de transito nas estradas rurais.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/indicacao_92_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/indicacao_92_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro de contenção na Rua Guilhermina Jupira Emerick no Bairro Mangueiras.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/indicacao_93_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/indicacao_93_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica Iluminação no beco da Rua Frei Afonso Bairro das Mangueiras</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_094_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_094_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica leilão de imóveis para adquirir recursos para providências necessárias</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/indicacao_95_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/indicacao_95_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica limpeza das margens do Rio Jequitibá e rio Pirapetinga</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/indicacao_96_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/indicacao_96_dede.pdf</t>
   </si>
   <si>
     <t>Indica limpeza da rua nunes da Rosa ( barranco abaixo da mureta de proteção)</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/indicacao_97_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/indicacao_97_edgar.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada na Avenida Jacinto Antônio Silva, Bairro Vila Rica</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_98_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_98_edgar.pdf</t>
   </si>
   <si>
     <t>Indica construção de calçada na Avenida Jacinto Antônio Silva no Bairro Vila Rica</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/indicacao_99_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/indicacao_99_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica isntalação de poste de iluminação com padrão e luminárias na localidade denominada Beco dos caboclos</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_100_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_100_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica a conclusão da obra da escadaria de acesso da Rua Mauro Carlos de Souza Bairro Nossa Senhora da Penha e instalação de poste de iluminação pública no local e corrimão</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/indicacao_101_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/indicacao_101_sandro.pdf</t>
   </si>
   <si>
     <t>Indica reforma e revitalização da praça  Marisa Fully Coelho e criação de monumento em homenagem.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_102_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_102_sandro.pdf</t>
   </si>
   <si>
     <t>Indica conserto do meio fio e instalação de corrimão nas proximidades da igreja São Vicente, entre as ruas 31 de Julho e a Rua João Miguel no Bairro São Vicente</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_103_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_103_sandro.pdf</t>
   </si>
   <si>
     <t>Indica instalação de lixeiras na Ruas 31 de Julho e Rua João Miguel no Bairro São Vicente</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/indicacao_104_-_sandro_e_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/indicacao_104_-_sandro_e_darci.pdf</t>
   </si>
   <si>
     <t>Indica instalação de gradil, dividindo a via e a calçada na subida do contorno ( morro do segredo)</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/indicacao_no_106_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/indicacao_no_106_dede.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da fonte ( chafariz) da praça Getúlio Vargas</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_105_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_105_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade financeira para a recomposição das perdas salariais das supervisoras pedagógica e das secretárias escolares.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/indicacao_no_109_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/indicacao_no_109_mario_jr.docx</t>
   </si>
   <si>
     <t>Indica participação do Município na Semana internacional do café, que acontece todos os anos em Belo Horizonte/MG.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/indicacao_no_110_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/indicacao_no_110_mario_jr.docx</t>
   </si>
   <si>
     <t>Indica regulamentação0 de cartão cesta básica</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/indicacao_107_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/indicacao_107_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de arquibancada na quadra do Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/indicacao_108_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/indicacao_108_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de um muro e corrimão em escada.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/indicacao_no_111_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/indicacao_no_111_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica reforma da escadaria da Rua Major Lopes</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/indicacao_no_112_sandro_e_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/indicacao_no_112_sandro_e_dede.pdf</t>
   </si>
   <si>
     <t>Indica pintura dos canteiros e meio fio entre a Avenida Jacinto Antônio Silva e Rua Mangabeiras, próximo a oficina dois amigos sentido clube campestre.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/indicacao_no_113_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/indicacao_no_113_juliana.pdf</t>
   </si>
   <si>
     <t>Indica extensão de rede pluvial e rede de esgoto na Rua Suely Damasceno no Bairro Cidade Jardim, confrontante com o numero 257</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/indicacao_114_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/indicacao_114_juliana.pdf</t>
   </si>
   <si>
     <t>Indica estudo de viabilidade para a contratação de equipe especializada para emitir laudo sobre insalubridade dos serventes escolares</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/indicacao_no_115_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/indicacao_no_115_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica a inclusão da disciplina escolar de empreendedorismo na rede municipal de ensino</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_116_mario_jr..docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_116_mario_jr..docx</t>
   </si>
   <si>
     <t>Indica a aquisição de pó de café produzido em nossa cidade através de processo licitatório</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_117_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_117_dede.pdf</t>
   </si>
   <si>
     <t>Indica reparos nas calçadas da Rua João Hubner França no Bairro Santo Antônio</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_118_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_118_dede.pdf</t>
   </si>
   <si>
     <t>Indica instalação nas calçadas e instalação de corrimão da rua Frei Francisco no Bairro Mangueiras</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/indicacao_no_119_xandinho_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/indicacao_no_119_xandinho_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de rolo compactador para atendimento a Secretaria Mun. De Obras de Manhumirim.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/indicacao_no_120_alexandre_anderson_e_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/indicacao_no_120_alexandre_anderson_e_mario.pdf</t>
   </si>
   <si>
     <t>Indica construção de Praça Paulo Raeli no Loteamento Palmeiras através de Parceria Público Privada.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_no_121_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_no_121_edgar.pdf</t>
   </si>
   <si>
     <t>Indica redutor de velocidade no Córrego do Lessa. (Reciclagem)</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/indicacao_no_122_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/indicacao_no_122_edgar.pdf</t>
   </si>
   <si>
     <t>Indica retirada de barreira na Rua Nadir de Oliveira Dias.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/indicacao_no_123_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/indicacao_no_123_darci.pdf</t>
   </si>
   <si>
     <t>Indica construção de quadra de esportes no Bairro Campestre</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/indicacao_no_124_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/indicacao_no_124_darci.pdf</t>
   </si>
   <si>
     <t>Indica academia saúde na praça da igreja no bairro Campestre.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/indicacao_no_125_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/indicacao_no_125_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica campeonato municipal de futebol.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/indicacao_no_126_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/indicacao_no_126_dede.docx</t>
   </si>
   <si>
     <t>Indica construção de praça na Rua João José Diniz.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/indicacao_no_127_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/indicacao_no_127_dede.pdf</t>
   </si>
   <si>
     <t>Indica construção de Boca de Lobo na Rua João Batista Felipe no Bairro Cidade Jardim</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_no_128_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_no_128_juliana.pdf</t>
   </si>
   <si>
     <t>Indica o estudo de impacto financeiro para contratação d empresa especializada para atualização do plano de cargos e salarios dos servidores públicos do município de Manhumirim.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/inicacao_no_129_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/inicacao_no_129_juliana.pdf</t>
   </si>
   <si>
     <t>Indica limpeza e construção de calçada entres as ruas Major Lopes e Rua Eloy Ubirajara sentido estádio João ?Miguel de Oliveira entre os Bairro Santo Antônio e São Vicente</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/indicacao_no_130_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/indicacao_no_130_darci.pdf</t>
   </si>
   <si>
     <t>Indica calçamento em  local que menciona ( poço fundo, praça do bar jabalú)</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/indicacao_no_130_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/indicacao_no_130_mario_jr.docx</t>
   </si>
   <si>
     <t>: Indica contratação de equipe multidisciplinar para atendimento nas escolas.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/indicacao_no_133_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/indicacao_no_133_xandinho.pdf</t>
   </si>
   <si>
     <t>indica a ampliação do passeio na Avenida Narciso Rabelo</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/indicacao_no_134_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/indicacao_no_134_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica curso de capacitação de computação no CRAS do Bairro da Penha</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/indicacao_no_135_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/indicacao_no_135_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica disponibidade de veículo para atendimento de pacientes da Zona Rural</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_136_-_sarg_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_136_-_sarg_edgar.pdf</t>
   </si>
   <si>
     <t>Indica instalação de corrimão na viela que interliga a Rua Benedito Justino com a Rua Santa Tereza, Bairro Nossa Senhora de Lourdes.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/indicacao_no_137_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/indicacao_no_137_mario_jr.pdf</t>
   </si>
   <si>
     <t>Indica a criação de viveiro e contratação de profissional de paisagismo</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/indicacao_no_138_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/indicacao_no_138_mario.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção, reforma e melhorias no poliesportivo Públio Nolasco e Praça de Esportes José Nolasco</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/indicacao_139_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/indicacao_139_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica guard rail às margens da rodovia MG – 111, sentido à Reduto, no perímetro urbano.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_140_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_140_-_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica construção de redutor de velocidade na Rua Dracena, bairro Morada Nova, próximo à Praça do Bairro Morada Nova.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/indicacao_141_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/indicacao_141_xandinho.pdf</t>
   </si>
   <si>
     <t>Indica reparos na calçada da Rua Boa Esperança.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/indicacao_no_146_anderson_vidal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/indicacao_no_146_anderson_vidal.pdf</t>
   </si>
   <si>
     <t>Indica obras de redução da circunferência da rotatória do Trevo da Auto Mais e Trevo dos monumentos ( bonecos)</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/indicacao_no_147_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/indicacao_no_147_sandro.pdf</t>
   </si>
   <si>
     <t>Indica construção de vestuário no Campo do Bairro Mangueiras (Campão)</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_148_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_148_sandro.pdf</t>
   </si>
   <si>
     <t>indica instalação de postes de iluminação na Rua Seis da março (Anexo ao almoxarifado)</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/indicacao_no_149_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/indicacao_no_149_sandro.pdf</t>
   </si>
   <si>
     <t>Indica construção de muro de contenção na Rua Pirapetinga.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_146.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_146.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na ponte do Córrego do Lessa próxima à propriedade do falecido Sr. Manoel Fock</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/indicacao_no_152_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/indicacao_no_152_juliana.pdf</t>
   </si>
   <si>
     <t>Indica melhorias da iluminação pública, conserto de área de risco, limpeza e manutenção de vias do Bairro São Vicente</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/indicacao_no_153_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/indicacao_no_153_juliana.pdf</t>
   </si>
   <si>
     <t>indica o termino da construção de ponto turístico entre os Bairros Nossa Senhora de Lourdes e Bairro do Roque</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/indicacao_no_154_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/indicacao_no_154_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica manutenção e melhorias das calhas em local que menciona.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/indicacao_no_155_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/indicacao_no_155_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica revitalização da pintura da pista da Raia Lino – Rua Sete de Setembro.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/indicacao_no_156_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/indicacao_no_156_mario_jr.pdf</t>
   </si>
   <si>
     <t>Solicita compra de blusas térmicas e chapéu para os servidores públicos que fazem serviços externos</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/indicacao_no_157_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/indicacao_no_157_mario_jr.pdf</t>
   </si>
   <si>
     <t>Solicita levantamento de veículos que possam passar para outro setor</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/indicacao_158_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/indicacao_158_darci.pdf</t>
   </si>
   <si>
     <t>Indica substituição de postes de madeira por postes em concreto na rua Roque Porcaro Júnior, próximo ao ferro velho._x000D_
 DATA: Manhumirim/MG, 31 de outubro de 2022.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/indicacao_no_159_darci.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/indicacao_no_159_darci.docx</t>
   </si>
   <si>
     <t>Indica instalação de meio fio e poste com iluminação pública na Rua Idelfonso Valentim da Silva.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/indicacao_no_161_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/indicacao_no_161_juliana.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na Escola Municipal Alair José Dias</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/indicacao_no_162_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/indicacao_no_162_alexandre.docx</t>
   </si>
   <si>
     <t>Indica a confecção de calçada</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_163_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_163_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica vale alimentação para todos os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/indicacao_no_164_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/indicacao_no_164_lequinho.pdf</t>
   </si>
   <si>
     <t>Indica faixa de pedestres na Av. J. K, em frente ao Posto do Odilon.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/indicacao_no_165_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/indicacao_no_165_mario_jr.pdf</t>
   </si>
   <si>
     <t>Solicita providência</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/indicacao_no_166_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/indicacao_no_166_mario_jr.pdf</t>
   </si>
   <si>
     <t>Solicita melhoria na comunicação entre Poder Publico e cidadão</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/indicacao_no_167_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/indicacao_no_167_lequinho.docx</t>
   </si>
   <si>
     <t>Indica aquisição de armários para alunos nas escolas municipais.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/indicacao_no_168_lequinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/indicacao_no_168_lequinho.docx</t>
   </si>
   <si>
     <t>Indica limpeza pública no Córrego Vargem Alegre (Mandioquinha).</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/indicacao_no_169_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/indicacao_no_169_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica Limpeza e Dragagem do Córrego nos fundos da Rua dos imigrantes Bairro Vila Verde.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/indicacao_no_170_-_lemos.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/indicacao_no_170_-_lemos.docx</t>
   </si>
   <si>
     <t>Indica evento cultural através do SESC MINAS.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/indicacao_no_171_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/indicacao_no_171_dede.docx</t>
   </si>
   <si>
     <t>Indica realização de pavimentação asfaltica das avenidas centrais e dos calçamentos dos bairros</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/indicacao_no_172_dede.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/indicacao_no_172_dede.docx</t>
   </si>
   <si>
     <t>Indica revitalização de faixa de pedestres na Avenida Virgilio Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Indica estudo do percentual de gasto com a folha de pagamento da Prefeitura Municipal</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mocao_01_-_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mocao_01_-_xandinho.pdf</t>
   </si>
   <si>
     <t>Congratula o Senhor Célio Genelhu Soares (médico)</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_no_02_danillo_melo.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_no_02_danillo_melo.docx</t>
   </si>
   <si>
     <t>Congratula o Senhor Danillo Aparecido de Melo Ferreira</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_03_guilherme_soares.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_03_guilherme_soares.pdf</t>
   </si>
   <si>
     <t>Congratula o Senhor Guilherme Genelhu Soares</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_04_jose_augusto_menescal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_04_jose_augusto_menescal.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. José Augusto  Luciano "Menescal"</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sérgio Borel Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/pl_17_-_piso_do_magisterio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/pl_17_-_piso_do_magisterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a minirreforma na Lei Complementar Municipal nº 14/2011 e da alteração da tabela de vencimento ao reajuste do piso promovido pela portaria nº 67/2022 do Ministérios da Educação e Cultura.</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto-de-lei-complementar-no---2022---altera-art.-23-lc-14-2.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto-de-lei-complementar-no---2022---altera-art.-23-lc-14-2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 23 da Lei Complementar Municipal n.º 14/2011, para a adequação da investidura no cargo de Diretor-Geral de Unidade Escolar as normas atinentes ao VAAR</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1734/pl_01-2022_-_aprender_para_salvar.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1734/pl_01-2022_-_aprender_para_salvar.docx</t>
   </si>
   <si>
     <t>Cria o programa "Aprender pra Salvar" na educação escolar pública e privada em todo o município de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1744/pl_02_revisao_geral_anual_2.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1744/pl_02_revisao_geral_anual_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores da Administração Pública Municipal nos termos do artigo 37, inciso X, da Constituição Federal de 1988, sobre a recomposição das gratificações fixas e sobre a recomposição dos servidores previstos na Lei Complementar Municipal n.º 10/2009 e altera o artigo 29 da Lei Municipal n.º 1.283/2004.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1745/pl_03_projeto_de_lei._piso_ace.acs_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1745/pl_03_projeto_de_lei._piso_ace.acs_1.pdf</t>
   </si>
   <si>
     <t>Altera o piso salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate a Endemias, bem como os quadros de promoção na carreira e dá outras providências.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/pl_04_incentivo_acs_e_ace.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/pl_04_incentivo_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a repassar aos agentes comunitários de saúde e aos agentes de combate a endemias o incentivo adicional e dá outras providências”</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1752/pl_05_dede_moto_taxi.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1752/pl_05_dede_moto_taxi.pdf</t>
   </si>
   <si>
     <t>“Regulamenta o exercício da atividade dos profissionais em transporte de passageiros “moto-taxistas”, serviços comunitários de rua “motoboy” e transporte de mercadoria “moto-frete”, e dá outras providências.”</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial ao Orçamento do Município de Manhumirim, até o valor limite de R$716.416,07 (setecentos e dezesseis mil, quatrocentos e dezesseis reais e sete centavos), e atualização das Leis Municipais nº 1.827/2021, que dispõe sobre o Plano Plurianual para o Período de 2022/2025, 1.828/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022 e 1.830/2021, que Estima a Receita e Fixa a Despesa para o exercício de 2022, com fundamento no Artigo 42, 43 e 59 da Lei 4.320/1964 e no art. 167, Inciso VI da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/pl_07_abertura_credito.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/pl_07_abertura_credito.pdf</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/pl_08_mario.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/pl_08_mario.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a apresentação de ações intersetoriais de prevenção e enfrentamento às consequências das chuvas no município de manhumirim e dá outras providências</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/pl_09_da_ldo_2023_-_completo_com_memoria_dos_calculos_-_manhumirim.docx.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/pl_09_da_ldo_2023_-_completo_com_memoria_dos_calculos_-_manhumirim.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/pl_010_-_revisao_geral_dos_servidores_cmm.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/pl_010_-_revisao_geral_dos_servidores_cmm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral dos vencimentos dos servidores do Poder Legislativo Municipal, exercício de 2022.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/pl_12_projetolei_suplementacao_alteracao_da_lei_municipal_1.830-2021_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/pl_12_projetolei_suplementacao_alteracao_da_lei_municipal_1.830-2021_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei Municipal 1.830/2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/pl_13_-_abertura_de_credito_adicional_-_saude.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/pl_13_-_abertura_de_credito_adicional_-_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento do Município de Manhumirim, até o valor limite de R$ 2.782.041,17 (dois milhões, setecentos e oitenta e dois mil, quarenta e um reais e dezessete centavos), e a atualização das Leis Municipais nº 1.827/2021, que dispõe sobre o Plano Plurianual para o Período de 2022/2025, 1.828/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022 e 1.830/2021, que Estima a Receita e Fixa a Despesa para o exercício de 2022, com fundamento nos artigos 42, 43 e 59 da Lei 4.320/1964 e no art. 167, Inciso VI da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/pl_14_-_2022_-_adote_uma_lixeira.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/pl_14_-_2022_-_adote_uma_lixeira.docx</t>
   </si>
   <si>
     <t>Dispões sobre a criação do programa "Adote uma lixeira" e dá outras providências.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/pl_15-2022_-_adote_uma_cacamba.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/pl_15-2022_-_adote_uma_cacamba.docx</t>
   </si>
   <si>
     <t>Dispões sobre os serviços de coleta de entulho em área urbana do município de Manhumirim " Caçamba solidária" e dá outras providências.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pl_17_-_alteracao_do_texto_loa_2022-2.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pl_17_-_alteracao_do_texto_loa_2022-2.pdf</t>
   </si>
   <si>
     <t>“Altera o artigo 2º da Lei 1.830/2021, Lei Orçamentária Anual para o exercício de 2022”</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/pl_18._piso_ace.acs_conforme_a_emenda_120_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/pl_18._piso_ace.acs_conforme_a_emenda_120_1.pdf</t>
   </si>
   <si>
     <t>"Altera o piso salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate_x000D_
 a Endemias, adequando à Emenda Constitucional n. 120/2022, bem como os_x000D_
 quadros de promoção na carreira e dá outras providências".</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/loa_2023_-_projeto_de_lei_municipal_no_-_2022_-_loa_2023.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/loa_2023_-_projeto_de_lei_municipal_no_-_2022_-_loa_2023.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentária Anual (LOA), estima a receita e fixa a despesa do Município de Manhumirim, Estado de Minas Gerais para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/pl_20_transporte_aplicativo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/pl_20_transporte_aplicativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da prestação do Serviço de Transporte Individual Privado de Passageiros - STIPP, oferecido e solicitado exclusivamente por aplicativos, sítios ou plataformas tecnológicas ligados à rede mundial de computadores e Baseado em Tecnologia de Comunicação em Rede no Município de Manhumirim e dá outras providências.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/pl_021-2022_-__tranparenica_em_obras_publicas.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/pl_021-2022_-__tranparenica_em_obras_publicas.docx</t>
   </si>
   <si>
     <t>“Institui Política de Transparência nas Obras Pública da Administração direta e indireta do Município de Manhumirim”:</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/pl_22_-_altera_lei_1722_-_2018_3.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/pl_22_-_altera_lei_1722_-_2018_3.docx</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.722/2018</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/pl_oficio_95_encaminha_projeto_de_lei_reconhece_escolas.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/pl_oficio_95_encaminha_projeto_de_lei_reconhece_escolas.pdf</t>
   </si>
   <si>
     <t>Cria/Reconhece e Denomina Escolas Municipais Infantil e Ensino Fundamental de Educação no município de Manhumirim - MG._x000D_
 Encaminhado pelo of. 95</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/pl_24projetolei_suplementacao_alteracao_da_loa-2022.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/pl_24projetolei_suplementacao_alteracao_da_loa-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei Municipal nº1.830/2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/pl_25_nome_praca.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/pl_25_nome_praca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA: PRAÇA SAULITA VICENTE AMIL. (PRÓXIMO AO POLIESPORTIVO)</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/pl_26_autorizacao_de_adesao_a_consorcio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/pl_26_autorizacao_de_adesao_a_consorcio.pdf</t>
   </si>
   <si>
     <t>Disciplina a participação do Município de MANHUMIRIM-MG em Consórcio Público, dispensa a ratificação do Protocolo de Intenções e dá outras providências.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/pl_28_altera_o_paragrafo_3o_do_artigo_222_da_lei_municipal_n.o_1.449-2008_e_acresce_o_artigo_228-a.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/pl_28_altera_o_paragrafo_3o_do_artigo_222_da_lei_municipal_n.o_1.449-2008_e_acresce_o_artigo_228-a.pdf</t>
   </si>
   <si>
     <t>“Altera o parágrafo 3º do artigo 222 da Lei Municipal n.º 1.449/2008 e acresce o artigo 228-A ao mesmo Diploma Legal”</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Manhumirim a_x000D_
 renegociar o pagamento da dívida pública_x000D_
 decorrente de despesas empenhadas e liquidadas_x000D_
 junto ao CISAB - Zona da Mata, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/pl_30_---2022---cargos-saude-altera-lei-n.o-1.131-1.999.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/pl_30_---2022---cargos-saude-altera-lei-n.o-1.131-1.999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos para atendimento de programas específicos no âmbito da Secretaria Municipal de Saúde, sobre a criação de novos cargos na Estrutura Administrativa, altera os anexos I, II, III, V e VI, da Lei Municipal n.º 1.131/1999 e dá outras providências.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/pl_31_idoso.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/pl_31_idoso.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n.º 1.260/2003 (Estatuto Municipal do Idoso) e dá outras providências”</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/pr_no_01_-_contas_do_prefeito_luciano_machado.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/pr_no_01_-_contas_do_prefeito_luciano_machado.docx</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação das Contas da Prefeitura Municipal de Manhumirim, exercício de 2017, e dá outras providências</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/pr_no_02_-_recomposicao_subsidio_dos_vereadores.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/pr_no_02_-_recomposicao_subsidio_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa a recomposição dos subsídios dos Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/pr_05_ver_edgar.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/pr_05_ver_edgar.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de honra ao mérito à Polícia Penal da Comarca de Manhumirim do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/pr_12_honra_merito_hugo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/pr_12_honra_merito_hugo.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de honra ao mérito ao Sr. Hugo Lopes Silva”.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pr_no_08_-_honra_ao_merito_vanderleia_marques.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pr_no_08_-_honra_ao_merito_vanderleia_marques.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de honra ao mérito à Srª. Vanderléia Marques Ferreira.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/pr_no_17_-_escola_do_legislativo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/pr_no_17_-_escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo da Câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/projeto_de_resolucao_-_diario_oficial_do_legislativo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/projeto_de_resolucao_-_diario_oficial_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial do Poder Legislativo de Manhumirim – MG</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Dispõe sobre migração de bens inservíveis da Câmara para a Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/pr_no_04_-_regimento_interno.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/pr_no_04_-_regimento_interno.pdf</t>
   </si>
   <si>
     <t>“Dispões sobre o Regimento Interno da Câmara Municipal de Manhumirim (MG)”.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>PPLC</t>
   </si>
   <si>
     <t>Proposição de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1742/plc_01_revisao_geral_anual_educacao_2.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1742/plc_01_revisao_geral_anual_educacao_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores da Administração Pública Municipal elencados na Lei Complementar Municipal n.º 14/2011, nos termos do artigo 37, inciso X, da Constituição Federal de 1988.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>PPLO</t>
   </si>
   <si>
     <t>Proposição de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/pl_11_-_abertura_de_credito_adicional_especial_2022.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/pl_11_-_abertura_de_credito_adicional_especial_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento do Município de Manhumirim, até o valor limite de R$3.100.781,00 (três milhões, cem mil e setecentos e oitenta e um reais), e a atualização das Leis Municipais nº 1.827/2021, que dispõe sobre o Plano Plurianual para o Período de 2022/2025, 1.828/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022 e 1.830/2021, que Estima a Receita e Fixa a Despesa para o exercício de 2022, com fundamento nos artigos 42, 43 e 59 da Lei 4.320/1964 e no art. 167, Inciso VI da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_01_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_01_alexandre.docx</t>
   </si>
   <si>
     <t>Requer estudo e elaboração de um novo plano de cargos e salários para os servidores públicos do município de Manhumirim</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_02_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_02_alexandre.docx</t>
   </si>
   <si>
     <t>Requer informações sobre estudos e emendas parlamentares</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_03_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_03_mario_jr.docx</t>
   </si>
   <si>
     <t>Requer informações sobre convênios celebrados com entidades</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_04_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_04_mario_jr.docx</t>
   </si>
   <si>
     <t>Requer reestruturação dos valores das diárias</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_05_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_05_anderson.docx</t>
   </si>
   <si>
     <t>Requer envio de projeto de lei</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_06_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_06_anderson.docx</t>
   </si>
   <si>
     <t>Requer a prestação de contas do FUNDEB 2021, PNAI E PNAT</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_07_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_07_juliana.docx</t>
   </si>
   <si>
     <t>Requer informações da Secretaria responsável sobre  a distribuição de mascara KN95 ou PFF2 para os funcionários da educação em tranalho presencial; informação sobre aplicação do reajuste aos servidores do magistério em acordo com o piso salarial nacional e requer o relatório analítico total de todos os lançamentos referentes ao FUNDEB do ano 2021.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1736/requerimento_08_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1736/requerimento_08_juliana.docx</t>
   </si>
   <si>
     <t>Requer informaçõe sobre o planejamento para a execução dos muros de contenção da Rua Caetano flora e Rua Nunes da Rosa.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/requerimento_09_alexandre_mario_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/requerimento_09_alexandre_mario_anderson.docx</t>
   </si>
   <si>
     <t>informações sobre percentual de gastos com pessoal no ano de 2021</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_10_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_10_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER CONVOCAÇÃO DO SECRETÁRIO DE ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1754/requerimento_11_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1754/requerimento_11_mario.pdf</t>
   </si>
   <si>
     <t>REQUER informações da Secretaria de Obras.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1756/requerimento_12_alexandre_mario_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1756/requerimento_12_alexandre_mario_anderson.docx</t>
   </si>
   <si>
     <t>REQUER: informações sobre propriedade de algumas áreas da cidade (IBC e rodoviária).</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_13_-_benisio.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_13_-_benisio.docx</t>
   </si>
   <si>
     <t>Requer Laudo técnico da ponte da Serra dos Corrêas</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_14_xandinho_mario_jr_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_14_xandinho_mario_jr_anderson.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o portal da transparência do município</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_16_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_16_juliana.docx</t>
   </si>
   <si>
     <t>REQUER: informações das Secretarias responsáveis sobre a contratação de Professores de Educação Física para as Escolas Municipais de Educação Infantil e Fundamental I</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_17_xandinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_17_xandinho.docx</t>
   </si>
   <si>
     <t>REQUER: providências urgentes no pagamento de quinquênio e promoção horizontal para todos os servidores, nos termos da sanção do Projeto de Lei Complementar 150/2020</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_18_xandinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_18_xandinho.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o loteamento Bom Pastor</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_19_ver._mario.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_19_ver._mario.docx</t>
   </si>
   <si>
     <t>Requer convocação de Secretario M. de Industria e Comércio.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_20_ver._mario.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_20_ver._mario.docx</t>
   </si>
   <si>
     <t>Requer informações sobre convênios em geral</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/requerimento_21_xandinho.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/requerimento_21_xandinho.docx</t>
   </si>
   <si>
     <t>Requer adequação no Plano de Carreira da Educação Através de estudo.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_no_22_mario_alexandre_e_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_no_22_mario_alexandre_e_anderson.docx</t>
   </si>
   <si>
     <t>REQUER: convocação de Secretário Municipal de Esporte.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1808/requerimento_no_23_mario_alexandre_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1808/requerimento_no_23_mario_alexandre_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o leilão dos veículos e bens inservíveis do município.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_no_24_mario_alexandre_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_no_24_mario_alexandre_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre o conselho do patrimônio arquitetônico e cultural de Manhumirim.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_25_ver_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_25_ver_lequinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre licitações e os fornecedores de equipamentos, bens etc. do Município.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_no_26_mario_alexandre_e_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_no_26_mario_alexandre_e_anderson.docx</t>
   </si>
   <si>
     <t>Requer relatório de funcionários do Município.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/requerimento_no_27_mario_sidney_anderson_e_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/requerimento_no_27_mario_sidney_anderson_e_alexandre.docx</t>
   </si>
   <si>
     <t>Reitera requerimentos</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_no_28_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_no_28_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: Estudo da viabilidade financeira por parte das Secretarias competentes para a compra dos EPI’s, para os funcionários da secretaria municipal de obras.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no_29_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no_29_juliana.pdf</t>
   </si>
   <si>
     <t>REQUER: informações ao Poder Executivo sobre as medidas que estão sendo adotadas pela Secretaria Municipal de Saúde para o retorno do atendimento médico nas unidades de saúde do Bairro do Roque e do Bairro Mangueiras.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>Mário Sidney Nolasco Júnior, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_30_mario_alexandre_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_30_mario_alexandre_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre concurso de 2017</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/requerimento_31_xandinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/requerimento_31_xandinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre concurso de 2017.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_32_mario_sidney_anderson_e_alexandre.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_32_mario_sidney_anderson_e_alexandre.docx</t>
   </si>
   <si>
     <t>REQUER: informações sobre emissão de alvarás no ano de 2021 e 2022.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_33_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_33_ver_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre superavit no ano 2021</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_34_-_ver_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_34_-_ver_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a frota de veículos da prefeitura.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_35_alexsandro_souza_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_35_alexsandro_souza_lequinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre verba recebida para reforma e restauração do Parque do Sagui.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_no_36_mario_alexandre_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_no_36_mario_alexandre_e_anderson.pdf</t>
   </si>
   <si>
     <t>requer informações sobre resíduos sólidos e iluminação pública.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/requerimento_37_sandro_e_darci.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/requerimento_37_sandro_e_darci.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento da lei municipal n. 1.715 - transporte escolar para ensino superior.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_no_38_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_no_38_juliana.docx</t>
   </si>
   <si>
     <t>Requer informações da secretarias responsáveis sobre estudo de viabilidade financeira e amparo jurídico para conceder índice relativo ao pagamento de insalubridade para as serventes escolares</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_no_39_juliana.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_no_39_juliana.docx</t>
   </si>
   <si>
     <t>Requer informações das secretarias responsáveis sobre a folha de pagamento dos funcionários da secretaria de educação e dos repasses recebidos pelo FUNDEB.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/requerimento_no_40_alexandre_mario_e_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/requerimento_no_40_alexandre_mario_e_anderson.docx</t>
   </si>
   <si>
     <t>Reitera requerimentos 011, 013, 020, 023, 028, 030, 031</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_no_41_alexandre_mario_e_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_no_41_alexandre_mario_e_anderson.docx</t>
   </si>
   <si>
     <t>Requer documentos referente a solicitação de abertura de loteamento no Bairro Nossa Senhora Aparecida e Vila Rica</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_no_42_mario_jr..docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_no_42_mario_jr..docx</t>
   </si>
   <si>
     <t>Requer seja convocado o Secretário Municipal de Obras</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/requerimento_no_44.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/requerimento_no_44.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o montante de arrecadação de FPM e emendas parlamentares e arrecadação municipal no ano de 2022 até 31 de maio de 2022</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_no_46_alexandre_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_no_46_alexandre_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações da Secretaria M. Educação sobre execução de orçamento.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_47_alexandre_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_47_alexandre_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre plantão de ambulâncias.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/requerimento_no_49_-_alexandre_anderson_e_mario.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/requerimento_no_49_-_alexandre_anderson_e_mario.docx</t>
   </si>
   <si>
     <t>Requer informações para cumprimento do piso nacional dos professores</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_no_50_alexandre_mario_e_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_no_50_alexandre_mario_e_anderson.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o convênio com a Empresa responsável pelo transporte de passageiros dentro do município (ônibus circular).</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/requerimento_no_51_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/requerimento_no_51_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre a cobrança de ISS dos bancos.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/requerimento_52_dr_rodrigo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/requerimento_52_dr_rodrigo.pdf</t>
   </si>
   <si>
     <t>Requer alteração do nome Parlamentar para: Dr. Rodrigo Soares</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_no_53_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_no_53_mario_jr.pdf</t>
   </si>
   <si>
     <t>REQUER: Convocação o chefe do Departamento Contábil, Sr. Cláudio José Gonçalves.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_no_55_dede.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_no_55_dede.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre placa de estacionamento privativo de idosos em nossa cidade</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_no_54_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_no_54_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o andamento das obras do muro de contenção da rua Caetano Flora</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/requerimento_no_56_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/requerimento_no_56_mario_jr.docx</t>
   </si>
   <si>
     <t>Requer informações sobre a emissão de alvarás</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/requerimento_no_57_sandro.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/requerimento_no_57_sandro.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Parque do Sagui</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_58_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_58_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o pagamento do vintenário para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_59_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_59_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o planejamento da secretaria de cultura para o segundo semestre do ano de 2022 e verificação da ampliação das leis Aldir Blanc, Lei Paulo Gustavo e Lei complementar nº</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_no_60_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_no_60_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o leilão 01/2022 da Prefeitura Municipal de Manhumirim</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_no_61_alexandre_mario_e_anderson.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_no_61_alexandre_mario_e_anderson.docx</t>
   </si>
   <si>
     <t>Requer infamações dos valores arrecadados pelo município de 01 de janeiro a 30 de junho de 2022.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/requerimento_no_62_alexandre_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/requerimento_no_62_alexandre_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre IPTU ano 2021 e 2022.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/requerimento_no_61_alexandre_mario_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/requerimento_no_61_alexandre_mario_e_anderson.pdf</t>
   </si>
   <si>
     <t>REQUER: informações dos valor arrecadado pelo município de 01 de janeiro a 30 de junho de 2022.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/requerimento_63_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/requerimento_63_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre pontos de apoio do Bairro Campestre e do Bairro Mangueiras</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_64_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_64_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre uniformes escolares para os estudantes da rede pública municipal de educação de Manhumirim</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_no_65_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_no_65_mario_jr.docx</t>
   </si>
   <si>
     <t>REQUER: informações sobre valores monetários de emissão de alvarás exercício 2021 e 2022.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/requerimento_no_66_mario_jr.docx</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/requerimento_no_66_mario_jr.docx</t>
   </si>
   <si>
     <t>REQUER: informações sobre a Rua Nunes da Rosa</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/requerimento_no_67_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/requerimento_no_67_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre georeferenciamento</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_no_68_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_no_68_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre veículos da frota municipal.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_no_69_mario.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_no_69_mario.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o poliesportivo Públio Nolasco e praça de esporte José Nolasco</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_70_mario_alexandre_e_anderson.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_70_mario_alexandre_e_anderson.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o percentual de aplicação de recurso da Educação, Saúde e FUNDEB</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_71_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_71_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre SICOM</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_72.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_72.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE REPASSE ORIUNDO DE INFRAÇÕES DE TRANSITO AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_74_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_74_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre gastos com caminhões e maquinas referentes as empresas terceirizadas que prestam serviços em nossa cidade.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_75_mariio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_75_mariio.pdf</t>
   </si>
   <si>
     <t>REQUER: envio de relatório da execução orçamentária referente aos anos de 2021 e 2022.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/requerimento_75_mariio.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/requerimento_75_mariio.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre a Praça Pe. Júlio Maria.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_no_77_alexandre.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_no_77_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre arrecadação do SAAE</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/requerimento_no_78_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/requerimento_no_78_juliana.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 100, com informações sobre os processos licitatórios e os pregões presenciais</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/requerimento_no_79_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/requerimento_no_79_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o pagamento do retroativo referente ao reajuste do piso salarial para os profissionais do magistério</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_81_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_81_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre troca de lâmpadas das praças públicas.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_no_82_juliana.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_no_82_juliana.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre concurso público nº 001/2016, homologado em 05 de dezembro de 2017.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/requerimento_no_83_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/requerimento_no_83_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre  valores constantes do Orçamento Anual do Município de 2023</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/requerimento_no_84_mario_jr.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/requerimento_no_84_mario_jr.pdf</t>
   </si>
   <si>
     <t>Requer seja convocado Secretário de Finanças e Secretário de Administração e o responsável contábil da Prefeitura</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/requerimento_85_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/requerimento_85_lequinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações de empresa responsável pela troca de lâmpadas públicas.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/requerimento_86_-_lequinho.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/requerimento_86_-_lequinho.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre obras de calçamento na Serra dos Correias.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/requerimento_87_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/requerimento_87_lemos.pdf</t>
   </si>
   <si>
     <t>REQUER: informações sobre prestações de contas.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_88_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_88_lemos.pdf</t>
   </si>
   <si>
     <t>requer informações quantidade de veículos adquiridos.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/requerimento_no_89_alexsandro_lemos.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/requerimento_no_89_alexsandro_lemos.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre FUNDEB</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>SPL</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/pl_17_piso_2022_substitutivo.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/pl_17_piso_2022_substitutivo.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO Nº 01 AO PROJETO DE LEI 17/2022 - Dispõe sobre a minirreforma da Lei Complementar Municipal n.º 14/2011 e da alteração da tabela de vencimento ao reajuste do piso promovido pela Portaria n.º 67/2022 do Ministério da Educação e Cultura.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>SPLC</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Dispõe sobre a minirreforma da lei complementar municipal nº 14/2011 e dá alteração da tabela de vencimento ao reajuste do piso promovido pela portaria nº 67/2022 do Ministério da Educação e Cultura.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1743/plc_02_reajuste_diarias_1.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1743/plc_02_reajuste_diarias_1.pdf</t>
   </si>
   <si>
     <t>Concede reajuste da tabela de valores relativos às diárias dos servidores efetivos, comissionados e secretários municipais, desmembra a tabela de valores para excluir do reajuste o prefeito e o vice-prefeito.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/portaria_344_revoga_covid.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/portaria_344_revoga_covid.pdf</t>
   </si>
   <si>
     <t>Revoga Portaria nº 332, de 05de outubro de 2021, e dá outras providências (Portaria nº 332, de 05de outubro de 2021, Estabelece medidas temporárias para participação in loco das Sessões Públicas da Câmara Municipal de Manhumirim, durante o Enfrentamento ao Coronavírus (COVID 19), e dá outras providências).</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/portaria_no_345_-_altera_o_calendario_da_camara_municipal.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/portaria_no_345_-_altera_o_calendario_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Altera o anexo, da portaria nº 343 – data de reunião  –altera da data da sessão ordinária da Câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/portaria_347_-_exonera_delizete.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/portaria_347_-_exonera_delizete.pdf</t>
   </si>
   <si>
     <t>Exonera a Servidora que menciona - Fica exonerada a servidora Adorizete Barbosa Cardoso, RG MG – 13.719.968 e CPF 387.765.616-15, do cargo de AUXILIAR DE SERVIÇOS GERAIS da Câmara Municipal de Manhumirim.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/portaria_n_352.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/portaria_n_352.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor para função que menciona._x000D_
 Tesoureiro da Câmara M. Manhumirim</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>PDSG</t>
   </si>
   <si>
     <t>Portaria da Direção Secretaria</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/portaria_no_353-_determina_recesso_das_atividades_da_camara.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/portaria_no_353-_determina_recesso_das_atividades_da_camara.pdf</t>
   </si>
   <si>
     <t>Determina recesso das atividades da Câmara Municipal de Manhumirim</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Luciano de Oliveira Egeno</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/portaria_002_-dsg.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/portaria_002_-dsg.pdf</t>
   </si>
   <si>
     <t>Estabelece a Escala de Férias Regulamentares dos Servidores Efetivos da Câmara Municipal de Manhumirim para o ano de 2023. Regulamenta o funcionamento do Plantão de Servidores durante o interregno Legislativo 2022-2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3744,67 +3744,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_no_001_dede.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_no_002_dede.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_no_003_alexandre.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_no_004_alexandre_2.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1737/indicacao_no_05_juliana.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1738/indicacao_no_06_juliana.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_08_lequinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_09_juninho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1747/indicacao_no_010_dede.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_no_011_dede.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_12_edgar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1751/indicacao_13_edgar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_no_14_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1757/indicacao_no_15_mario_jr.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_no_16_alexsandro.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_no_17_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_no_18_dede.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_no_19_dede.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_no_21_lequinho.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_no_22_darci.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_no_23_darci.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_no_24_sandro.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_no_25_alexandre.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_no_26_xandinho.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_27_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_28_mario.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_no_29_juliana.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_no_30_juliana.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_no_31_dede.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/indicacao_no_32_dede.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/indicacao_no_33_darci.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/indicacao_no_34_lequinho.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_no_35_lequinho.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/indicacao_36_ver_edigar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_no_37_dede.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_no_38_-_dede.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_no_39_mario_jr.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/indicacao_no_40_mario_jr.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/indicacao_no_41_lequinho.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_no_42_lequinho.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/indicacao_lequinho_caixas_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_no_43_dede.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_no_44_dede.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/indicacao_no_47_juliana.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/indicacao_no_48_juliana.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/indicacao_no_50_lequinho.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/indicacao_no_51_lequinho.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_52_mario.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/indicacao_53_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/indicacao_no_54_juliana.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/indicacao_no_55__sandro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/indicacao_no_56_sandro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_57_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_58_mario.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/indicacao_no_59_mario.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/indicacao_no_60_lequinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/indicacao_no_61_lequinho.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/indicacao_no_62_mario_jr.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_63_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_64_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_65_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/indicacao_no_66_lequinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_67_lequinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/indicacao_no_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_no_69_juliana.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/indicacao_no_70_juliana.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_no_71_lequinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_no_72_benisio.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/indicacao_no_73_benisio.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/indicacao_no_74_lequinho.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/indicacao_no_75_lequinho.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/indicacao_no_76_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_no_77_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/indicacao_no_78_alexandre_de_jesus.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/indicacao_no_079_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/indicacao_no_080_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/indicacao_no_81_darci.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/indicacao_no_82_lequinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/indicacao_no_83_lequinho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/indicacao_no_84_dede.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/indicacao_no_85_juliana.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/indicacao_no_86_juliana.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_no_87.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_88_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/indicacao_89_dede.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/indicacao_90_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/indicacao_91_edgar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/indicacao_92_lequinho.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/indicacao_93_lequinho.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_094_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/indicacao_95_xandinho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/indicacao_96_dede.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/indicacao_97_edgar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_98_edgar.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/indicacao_99_lequinho.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_100_lequinho.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/indicacao_101_sandro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_102_sandro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_103_sandro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/indicacao_104_-_sandro_e_darci.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/indicacao_no_106_dede.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_105_juliana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/indicacao_no_109_mario_jr.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/indicacao_no_110_mario_jr.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/indicacao_107_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/indicacao_108_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/indicacao_no_111_alexandre.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/indicacao_no_112_sandro_e_dede.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/indicacao_no_113_juliana.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/indicacao_114_juliana.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/indicacao_no_115_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_116_mario_jr..docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_117_dede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_118_dede.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/indicacao_no_119_xandinho_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/indicacao_no_120_alexandre_anderson_e_mario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_no_121_edgar.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/indicacao_no_122_edgar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/indicacao_no_123_darci.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/indicacao_no_124_darci.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/indicacao_no_125_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/indicacao_no_126_dede.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/indicacao_no_127_dede.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_no_128_juliana.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/inicacao_no_129_juliana.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/indicacao_no_130_darci.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/indicacao_no_130_mario_jr.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/indicacao_no_133_xandinho.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/indicacao_no_134_lequinho.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/indicacao_no_135_lequinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_136_-_sarg_edgar.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/indicacao_no_137_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/indicacao_no_138_mario.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/indicacao_139_lequinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_140_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/indicacao_141_xandinho.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/indicacao_no_146_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/indicacao_no_147_sandro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_148_sandro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/indicacao_no_149_sandro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/indicacao_no_152_juliana.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/indicacao_no_153_juliana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/indicacao_no_154_alexandre.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/indicacao_no_155_alexandre.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/indicacao_no_156_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/indicacao_no_157_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/indicacao_158_darci.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/indicacao_no_159_darci.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/indicacao_no_161_juliana.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/indicacao_no_162_alexandre.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_163_lequinho.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/indicacao_no_164_lequinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/indicacao_no_165_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/indicacao_no_166_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/indicacao_no_167_lequinho.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/indicacao_no_168_lequinho.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/indicacao_no_169_alexandre.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/indicacao_no_170_-_lemos.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/indicacao_no_171_dede.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/indicacao_no_172_dede.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mocao_01_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_no_02_danillo_melo.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_03_guilherme_soares.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_04_jose_augusto_menescal.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/pl_17_-_piso_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto-de-lei-complementar-no---2022---altera-art.-23-lc-14-2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1734/pl_01-2022_-_aprender_para_salvar.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1744/pl_02_revisao_geral_anual_2.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1745/pl_03_projeto_de_lei._piso_ace.acs_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/pl_04_incentivo_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1752/pl_05_dede_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/pl_07_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/pl_08_mario.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/pl_09_da_ldo_2023_-_completo_com_memoria_dos_calculos_-_manhumirim.docx.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/pl_010_-_revisao_geral_dos_servidores_cmm.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/pl_12_projetolei_suplementacao_alteracao_da_lei_municipal_1.830-2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/pl_13_-_abertura_de_credito_adicional_-_saude.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/pl_14_-_2022_-_adote_uma_lixeira.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/pl_15-2022_-_adote_uma_cacamba.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pl_17_-_alteracao_do_texto_loa_2022-2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/pl_18._piso_ace.acs_conforme_a_emenda_120_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/loa_2023_-_projeto_de_lei_municipal_no_-_2022_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/pl_20_transporte_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/pl_021-2022_-__tranparenica_em_obras_publicas.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/pl_22_-_altera_lei_1722_-_2018_3.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/pl_oficio_95_encaminha_projeto_de_lei_reconhece_escolas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/pl_24projetolei_suplementacao_alteracao_da_loa-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/pl_25_nome_praca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/pl_26_autorizacao_de_adesao_a_consorcio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/pl_28_altera_o_paragrafo_3o_do_artigo_222_da_lei_municipal_n.o_1.449-2008_e_acresce_o_artigo_228-a.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/pl_30_---2022---cargos-saude-altera-lei-n.o-1.131-1.999.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/pl_31_idoso.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/pr_no_01_-_contas_do_prefeito_luciano_machado.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/pr_no_02_-_recomposicao_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/pr_05_ver_edgar.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/pr_12_honra_merito_hugo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pr_no_08_-_honra_ao_merito_vanderleia_marques.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/pr_no_17_-_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/projeto_de_resolucao_-_diario_oficial_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/pr_no_04_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1742/plc_01_revisao_geral_anual_educacao_2.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/pl_11_-_abertura_de_credito_adicional_especial_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_01_alexandre.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_02_alexandre.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_03_mario_jr.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_04_mario_jr.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_05_anderson.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_06_anderson.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_07_juliana.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1736/requerimento_08_juliana.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/requerimento_09_alexandre_mario_anderson.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_10_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1754/requerimento_11_mario.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1756/requerimento_12_alexandre_mario_anderson.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_13_-_benisio.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_14_xandinho_mario_jr_anderson.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_16_juliana.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_17_xandinho.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_18_xandinho.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_19_ver._mario.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_20_ver._mario.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/requerimento_21_xandinho.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_no_22_mario_alexandre_e_anderson.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1808/requerimento_no_23_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_no_24_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_25_ver_lequinho.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_no_26_mario_alexandre_e_anderson.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/requerimento_no_27_mario_sidney_anderson_e_alexandre.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_no_28_juliana.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no_29_juliana.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_30_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/requerimento_31_xandinho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_32_mario_sidney_anderson_e_alexandre.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_33_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_34_-_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_35_alexsandro_souza_lequinho.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_no_36_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/requerimento_37_sandro_e_darci.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_no_38_juliana.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_no_39_juliana.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/requerimento_no_40_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_no_41_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_no_42_mario_jr..docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/requerimento_no_44.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_no_46_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_47_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/requerimento_no_49_-_alexandre_anderson_e_mario.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_no_50_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/requerimento_no_51_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/requerimento_52_dr_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_no_53_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_no_55_dede.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_no_54_juliana.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/requerimento_no_56_mario_jr.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/requerimento_no_57_sandro.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_58_juliana.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_59_juliana.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_no_60_alexandre.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_no_61_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/requerimento_no_62_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/requerimento_no_61_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/requerimento_63_juliana.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_64_juliana.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_no_65_mario_jr.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/requerimento_no_66_mario_jr.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/requerimento_no_67_mario.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_no_68_mario.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_no_69_mario.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_70_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_71_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_74_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_75_mariio.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/requerimento_75_mariio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_no_77_alexandre.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/requerimento_no_78_juliana.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/requerimento_no_79_juliana.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_81_jr.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_no_82_juliana.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/requerimento_no_83_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/requerimento_no_84_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/requerimento_85_lequinho.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/requerimento_86_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/requerimento_87_lemos.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_88_lemos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/requerimento_no_89_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/pl_17_piso_2022_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1743/plc_02_reajuste_diarias_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/portaria_344_revoga_covid.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/portaria_no_345_-_altera_o_calendario_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/portaria_347_-_exonera_delizete.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/portaria_n_352.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/portaria_no_353-_determina_recesso_das_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/portaria_002_-dsg.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_no_001_dede.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1725/indicacao_no_002_dede.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1726/indicacao_no_003_alexandre.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/indicacao_no_004_alexandre_2.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1737/indicacao_no_05_juliana.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1738/indicacao_no_06_juliana.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1739/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_08_lequinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1741/indicacao_09_juninho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1747/indicacao_no_010_dede.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1748/indicacao_no_011_dede.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1750/indicacao_12_edgar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1751/indicacao_13_edgar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_no_14_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1757/indicacao_no_15_mario_jr.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1759/indicacao_no_16_alexsandro.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1760/indicacao_no_17_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_no_18_dede.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1762/indicacao_no_19_dede.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/indicacao_no_21_lequinho.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/indicacao_no_22_darci.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/indicacao_no_23_darci.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_no_24_sandro.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_no_25_alexandre.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_no_26_xandinho.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/indicacao_27_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/indicacao_28_mario.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/indicacao_no_29_juliana.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/indicacao_no_30_juliana.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_no_31_dede.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/indicacao_no_32_dede.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/indicacao_no_33_darci.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/indicacao_no_34_lequinho.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_no_35_lequinho.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/indicacao_36_ver_edigar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_no_37_dede.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_no_38_-_dede.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_no_39_mario_jr.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/indicacao_no_40_mario_jr.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/indicacao_no_41_lequinho.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_no_42_lequinho.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/indicacao_lequinho_caixas_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_no_43_dede.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_no_44_dede.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/indicacao_no_47_juliana.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/indicacao_no_48_juliana.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/indicacao_no_50_lequinho.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/indicacao_no_51_lequinho.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_52_mario.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/indicacao_53_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/indicacao_no_54_juliana.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/indicacao_no_55__sandro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/indicacao_no_56_sandro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_57_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_58_mario.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/indicacao_no_59_mario.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/indicacao_no_60_lequinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/indicacao_no_61_lequinho.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/indicacao_no_62_mario_jr.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_63_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_64_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_65_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/indicacao_no_66_lequinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_67_lequinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/indicacao_no_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_no_69_juliana.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/indicacao_no_70_juliana.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_no_71_lequinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_no_72_benisio.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/indicacao_no_73_benisio.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/indicacao_no_74_lequinho.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/indicacao_no_75_lequinho.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/indicacao_no_76_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_no_77_alexsandro_lemos.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/indicacao_no_78_alexandre_de_jesus.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/indicacao_no_079_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/indicacao_no_080_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/indicacao_no_81_darci.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/indicacao_no_82_lequinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/indicacao_no_83_lequinho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/indicacao_no_84_dede.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/indicacao_no_85_juliana.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/indicacao_no_86_juliana.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_no_87.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_88_sgt_edgar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/indicacao_89_dede.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/indicacao_90_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/indicacao_91_edgar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/indicacao_92_lequinho.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/indicacao_93_lequinho.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_094_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/indicacao_95_xandinho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/indicacao_96_dede.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/indicacao_97_edgar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_98_edgar.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/indicacao_99_lequinho.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_100_lequinho.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/indicacao_101_sandro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_102_sandro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_103_sandro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/indicacao_104_-_sandro_e_darci.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/indicacao_no_106_dede.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_105_juliana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/indicacao_no_109_mario_jr.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/indicacao_no_110_mario_jr.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/indicacao_107_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/indicacao_108_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/indicacao_no_111_alexandre.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/indicacao_no_112_sandro_e_dede.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/indicacao_no_113_juliana.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/indicacao_114_juliana.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/indicacao_no_115_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_116_mario_jr..docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_117_dede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_118_dede.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/indicacao_no_119_xandinho_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/indicacao_no_120_alexandre_anderson_e_mario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_no_121_edgar.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/indicacao_no_122_edgar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/indicacao_no_123_darci.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/indicacao_no_124_darci.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/indicacao_no_125_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/indicacao_no_126_dede.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/indicacao_no_127_dede.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_no_128_juliana.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/inicacao_no_129_juliana.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/indicacao_no_130_darci.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/indicacao_no_130_mario_jr.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/indicacao_no_133_xandinho.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/indicacao_no_134_lequinho.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/indicacao_no_135_lequinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_136_-_sarg_edgar.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/indicacao_no_137_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/indicacao_no_138_mario.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/indicacao_139_lequinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_140_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/indicacao_141_xandinho.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/indicacao_no_146_anderson_vidal.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/indicacao_no_147_sandro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_148_sandro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/indicacao_no_149_sandro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/indicacao_no_152_juliana.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/indicacao_no_153_juliana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/indicacao_no_154_alexandre.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/indicacao_no_155_alexandre.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/indicacao_no_156_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/indicacao_no_157_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/indicacao_158_darci.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/indicacao_no_159_darci.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/indicacao_no_161_juliana.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/indicacao_no_162_alexandre.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_163_lequinho.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/indicacao_no_164_lequinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/indicacao_no_165_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/indicacao_no_166_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/indicacao_no_167_lequinho.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/indicacao_no_168_lequinho.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/indicacao_no_169_alexandre.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/indicacao_no_170_-_lemos.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/indicacao_no_171_dede.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/indicacao_no_172_dede.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mocao_01_-_xandinho.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_no_02_danillo_melo.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_03_guilherme_soares.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_04_jose_augusto_menescal.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/pl_17_-_piso_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto-de-lei-complementar-no---2022---altera-art.-23-lc-14-2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1734/pl_01-2022_-_aprender_para_salvar.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1744/pl_02_revisao_geral_anual_2.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1745/pl_03_projeto_de_lei._piso_ace.acs_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/pl_04_incentivo_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1752/pl_05_dede_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/pl_07_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/pl_08_mario.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/pl_09_da_ldo_2023_-_completo_com_memoria_dos_calculos_-_manhumirim.docx.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/pl_010_-_revisao_geral_dos_servidores_cmm.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/pl_12_projetolei_suplementacao_alteracao_da_lei_municipal_1.830-2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/pl_13_-_abertura_de_credito_adicional_-_saude.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/pl_14_-_2022_-_adote_uma_lixeira.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/pl_15-2022_-_adote_uma_cacamba.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pl_17_-_alteracao_do_texto_loa_2022-2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/pl_18._piso_ace.acs_conforme_a_emenda_120_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/loa_2023_-_projeto_de_lei_municipal_no_-_2022_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/pl_20_transporte_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/pl_021-2022_-__tranparenica_em_obras_publicas.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/pl_22_-_altera_lei_1722_-_2018_3.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/pl_oficio_95_encaminha_projeto_de_lei_reconhece_escolas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/pl_24projetolei_suplementacao_alteracao_da_loa-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/pl_25_nome_praca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/pl_26_autorizacao_de_adesao_a_consorcio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/pl_28_altera_o_paragrafo_3o_do_artigo_222_da_lei_municipal_n.o_1.449-2008_e_acresce_o_artigo_228-a.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/pl_30_---2022---cargos-saude-altera-lei-n.o-1.131-1.999.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/pl_31_idoso.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/pr_no_01_-_contas_do_prefeito_luciano_machado.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/pr_no_02_-_recomposicao_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/pr_05_ver_edgar.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/pr_12_honra_merito_hugo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pr_no_08_-_honra_ao_merito_vanderleia_marques.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/pr_no_17_-_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/projeto_de_resolucao_-_diario_oficial_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/pr_no_04_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1742/plc_01_revisao_geral_anual_educacao_2.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/pl_11_-_abertura_de_credito_adicional_especial_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_01_alexandre.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_02_alexandre.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_03_mario_jr.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_04_mario_jr.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_05_anderson.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_06_anderson.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_07_juliana.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1736/requerimento_08_juliana.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/requerimento_09_alexandre_mario_anderson.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_10_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1754/requerimento_11_mario.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1756/requerimento_12_alexandre_mario_anderson.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_13_-_benisio.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1768/requerimento_14_xandinho_mario_jr_anderson.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_16_juliana.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_17_xandinho.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_18_xandinho.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_19_ver._mario.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_20_ver._mario.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/requerimento_21_xandinho.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_no_22_mario_alexandre_e_anderson.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1808/requerimento_no_23_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_no_24_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_25_ver_lequinho.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_no_26_mario_alexandre_e_anderson.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/requerimento_no_27_mario_sidney_anderson_e_alexandre.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_no_28_juliana.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no_29_juliana.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_30_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/requerimento_31_xandinho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_32_mario_sidney_anderson_e_alexandre.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_33_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_34_-_ver_mario.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_35_alexsandro_souza_lequinho.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_no_36_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/requerimento_37_sandro_e_darci.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_no_38_juliana.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_no_39_juliana.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/requerimento_no_40_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_no_41_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_no_42_mario_jr..docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/requerimento_no_44.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_no_46_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_47_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/requerimento_no_49_-_alexandre_anderson_e_mario.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_no_50_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/requerimento_no_51_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/requerimento_52_dr_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_no_53_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_no_55_dede.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_no_54_juliana.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/requerimento_no_56_mario_jr.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/requerimento_no_57_sandro.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_58_juliana.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_59_juliana.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_no_60_alexandre.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_no_61_alexandre_mario_e_anderson.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/requerimento_no_62_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/requerimento_no_61_alexandre_mario_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/requerimento_63_juliana.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_64_juliana.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_no_65_mario_jr.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/requerimento_no_66_mario_jr.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/requerimento_no_67_mario.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_no_68_mario.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_no_69_mario.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_70_mario_alexandre_e_anderson.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_71_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_74_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_75_mariio.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/requerimento_75_mariio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_no_77_alexandre.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/requerimento_no_78_juliana.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/requerimento_no_79_juliana.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_81_jr.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_no_82_juliana.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/requerimento_no_83_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/requerimento_no_84_mario_jr.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/requerimento_85_lequinho.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/requerimento_86_-_lequinho.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/requerimento_87_lemos.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_88_lemos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/requerimento_no_89_alexsandro_lemos.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/pl_17_piso_2022_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1743/plc_02_reajuste_diarias_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/portaria_344_revoga_covid.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/portaria_no_345_-_altera_o_calendario_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/portaria_347_-_exonera_delizete.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/portaria_n_352.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/portaria_no_353-_determina_recesso_das_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/portaria_002_-dsg.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H305"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>