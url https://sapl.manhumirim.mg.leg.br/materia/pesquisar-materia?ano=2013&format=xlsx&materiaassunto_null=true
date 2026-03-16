--- v0 (2025-12-19)
+++ v1 (2026-03-16)
@@ -54,2834 +54,2834 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>SÉRGIO BOREL, ROBERTO BOB</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTORES DE VELOCIDADE NA AVENIDA JACINTO ANTÔNIO SILVA.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ROBERTO BOB, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CALÇAMENTO DA ESTRADA DE ACESSO A VILA MARISELMA. </t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA MELHORIAS NA INFRA-ESTRUTURA DA RUA FREI FRANCISCO. </t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CALÇAMENTO E ILUMINAÇÃO PÚBLICA NO CÓRREGO VARGEM ALEGRE. </t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA OBRAS E TRANSFERÊNCIA PARA A BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE CAPELA VELÓRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE MANILHAS EM FRENTE A FAZENDA DO SR. DARLY DE OLIVEIRA (CÓRREGO DOS BOREL).</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE VESTIÁRIO EM CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA A REGULAMENTAÇÃO DO ESTACIONAMENTO ROTATIVO PAGO - FAIXA AZUL, NOS LOGRADOUROS DO MUNICÍPIO DE MANHUMIRIM.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE REDUTOR DE VELOCIDADE E MELHORIAS NA PAVIMENTAÇÃO DA VILA DOS BOREL.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA MANUTENÇÃO NA REDE PLUVIAL E DE ESGOTO NO BAIRRO CAMPESTRE. </t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE SEMÁFORO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Dr. Rodrigo Soares, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE UNIFORMES PARA TODAS AS ÁREAS DA PREFEITURA.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PONTO FIXO PARA CARROCEIROS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA O CEMITÉRIO.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE CONSELHO ESCOLAR.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DESCONTO DE DÍVIDA ATRASADA IPTU E ÁGUA PARA FAMÍLIAS COM BAIXA RENDA.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>SEBASTIÃO TRISTÃO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA INSTALAÇÃO DE BUEIRO NA AVENIDA RAUL SOARES. </t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Helinho Mendonça, Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE POSTE DE ILUMINAÇÃO PÚBLICA NA RUA ARISTIDES BRAGA.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Helinho Mendonça, ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA O ESTUDO DA CARGA HORÁRIA DOS SERVIDORES DO EXECUTIVO MUNICIPAL DE ACORDO COM AS NORMAS ESTADUAIS E FEDERAIS. </t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE MURO DE ARRIMO NO CÓRREGO VARGEM ALEGRE. </t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Benísio Enfermeiro, ANA PAULA DESTRO, Dalbino Cler, Dr. Rodrigo Soares, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CALÇAMENTO E ILUMINAÇÃO PÚBLICA EM LOCAL QUE MENCIONA. </t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA COBERTURA E CONSTRUÇÃO DE BANHEIRO NA RAIA LINO NA RUA 7 DE SETEMBRO. </t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL E DE ESGOTO PARA VILA MARISELMA.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA ISENÇÃO DE TAXA DE COBRANÇA NAS ATIVIDADES ESPORTIVAS NO POLIESPORTIVO PÚBLIO NOLASCO. </t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>SEBASTIÃO TRISTÃO, Dário Veiga, IVAN CAETANO, JOÃO DA CASA FRANCO, ROBERTO BOB, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DISPONIBILIZAÇÃO DE TRANSPORTE AOS DOMINGOS PARA OS TIMES DE FUTEBOL.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REFORMA DE CALÇAMENTO NA RUA SUELY DAMASCENO</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO A QUITAÇÃO DO TERÇO DE FÉRIAS DOS SERVIDORES DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ADEQUAÇÃO DAS DEPENDÊNCIAS DO POLIESPORTIVO PÚBLIO NOLASCO.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>JOÃO DA CASA FRANCO, Dário Veiga, IVAN CAETANO, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE GUARITA PARA MINA D`ÁGUA NO CONTORNO RODOVIÁRIO.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA RETOMADA DAS OBRAS DE CONSTRUÇÃO DA CRECHE NO BAIRRO CAMPESTRE. </t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MUDANÇA DE TRÂNSITO EM RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RETOMADA DAS OBRAS NA ESCOLA NARCISO RABELO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS A RESPEITO DA ACESSIBILIDADE NOS PRÉDIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS A RESPEITO DO AUMENTO SALARIAL ANUAL DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE URGENTE DE REATIVAR O CONVÊNIO COM O CISCAPARAÓ.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MUDANÇA DE TRÂNSITO NA RUA DE ACESSO AO BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA ILUMINAÇÃO PÚBLICA NA RUA OTÁVIO LEMOS.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA ILUMINAÇÃO PÚBLICA NA RUA FRANCISCO DE MELO SOBRINHO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DISPONIBILIZAÇÃO DE UM ÔNIBUS PARA O TRANSPORTE EM FESTAS DE CASAMENTOS, DE IGREJAS E VELÓRIOS.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COBERTURA E CONSTRUÇÃO DE BANHEIRO NA RAIA LINO NA RUA 7 DE SETEMBRO.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CALÇAMENTO NA RUA TROPICAL &amp;#8211; VILA RICA. </t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>IVAN CAETANO, Dário Veiga, JOÃO DA CASA FRANCO, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BUEIROS NA AV. VIRGÍLIO RODRIGUES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE FAIXA DE PEDESTRES NA AV. VIRGÍLIO RODRIGUES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>SÉRGIO BOREL, Dário Veiga, IVAN CAETANO, JOÃO DA CASA FRANCO, ROBERTO BOB, SEBASTIÃO TRISTÃO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE NA RUA QUINCAS BARBEIRO.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO E REFORMA EM BUEIRO NO CÓRREGO DOS BOREL.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE NO MANDIOQUINHA.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Dário Veiga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE CÂMERAS DE VIGILÂNCIA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Dalbino Cler, ANA PAULA DESTRO, Benísio Enfermeiro, Dr. Rodrigo Soares, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLETA DE LIXO NA ZONA RURAL.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA RUA MARCÍLIO MACHADO &amp;#8211; BAIRRO VILA VERDE.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NO CALÇAMENTO DA RUA NOVO HORIZONTE, BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO FINAL DA RUA NOVO HORIZONTE, LIGANDO COM A RUA SANTOS DUMONT, BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA RUA VILA VERDE NO BAIRRO NOSSA SRª. APARECIDA.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DO PMAT - PROGRAMA DE MODERNIZAÇÃO DA ADMINISTRAÇÃO TRIBUTÁRIA E DA GESTÃO DOS SETORES SOCIAIS BÁSICO.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, MEIO FIO E CALÇAMENTO NO CÓRREGO BARRA DO LESSA.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALAMBRADO E BANHEIRO NO CAMPO DO BAIRRO DA MANGUEIRA.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A ASSOCIAÇÃO DA GUARDA-MIRIM.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>ROBERTO BOB, Dalbino Cler, Dário Veiga, IVAN CAETANO, JOÃO DA CASA FRANCO, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE NO BAIRRO MANGUEIRAS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE PEDESTRES NA R. ANTÔNIO CARLOS.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ROBERTO BOB, Dário Veiga, IVAN CAETANO, JOÃO DA CASA FRANCO, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LOCAIS PARA INSTALAÇÃO DE CTC.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>JOÃO DA CASA FRANCO, Dário Veiga, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLANTÃO DE AMBULÂNCIA COM TÉCNICO RESPONSÁVEL.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONVÊNIO COM CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO PÚBLICA NO FINAL DE RUA 7 DE SETEMBRO</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PONTE NO CÓRREGO BARRA DO PIRAÍ.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ROTATÓRIA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE FAIXA DE TRAVESSIA DE PEDESTRES.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Dalbino Cler, ANA PAULA DESTRO, Benísio Enfermeiro, Dr. Rodrigo Soares, Helinho Mendonça, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA ESCADA QUE INTERLIGA A R. CAETANO FLORA À R. NUNES DA ROSA.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Dário Veiga, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ADESÃO AO PROGRAMA NACIONAL DE ACESSO AO ENSINO TÉCNICO E EMPREGO. (PRONATEC).</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLACAS DE SINALIZAÇÃO NA ZONA RURAL.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE ESCANINHOS PARA OS ESTUDANTES EM TODAS AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO NO MIRANTE.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TRANSPORTE CIDADÃO.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS NA PRAÇA PE. JÚLIO MARIA.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>IVAN CAETANO, Dalbino Cler, Dário Veiga, JOÃO DA CASA FRANCO, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA CRIAÇÃO DE GUARDA MUNICIPAL EM MANHUMIRIM.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/896/896_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAPTAÇÃO DE ÁGUA NA RUA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO CÓRREGO DO LESSA - EMERICK</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/898/898_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAPTAÇÃO DE REDE DE ESGOTO VILA SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Benísio Enfermeiro, ANA PAULA DESTRO, Dalbino Cler, Dário Veiga, Dr. Rodrigo Soares, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/899/899_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE 03 LÂMPADAS E MANUTENÇÃO DE CALÇAMENTO DA RUA VILA ISABEL</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE CASA DE APOIO PARA PACIENTES EM TRATAMENTO FORA DO DOMICÍLIO.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Dalbino Cler</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO PONTE LIGANDO R. 7 SETEMBRO AO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PISTA DE SKATE.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/903/903_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA R. ARLINDO DAMIÃO RODRIGUES.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>SÉRGIO BOREL, Dalbino Cler, Dário Veiga, IVAN CAETANO, JOÃO DA CASA FRANCO, ROBERTO BOB, SEBASTIÃO TRISTÃO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/904/904_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUÇÃO DA CARGA HORÁRIA DE MONITORAS.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/905/905_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE EM LOCAL QUE MENCIONA (BAIRRO N. SRª. PENHA).</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/906/906_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE VEÍCULOS PARA A EDUCAÇÃO E SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Helinho Mendonça, IVAN CAETANO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/907/907_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO DOS PONTOS DE TÁXI NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/908/908_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NOS CALÇAMENTOS DAS VIAS E RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/909/909_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CALÇADAS E BALAÚSTRES NA RUA AGRIPÍNO CASQUEIRO, BAIRRO NOSSA SENHORA DA PENHA.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>JOÃO DA CASA FRANCO, Dalbino Cler, Dário Veiga, IVAN CAETANO, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/910/910_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REPAROS EM CALÇAMENTOS NA CIDADE.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/911/911_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE CARTÃO DE CRÉDITO PARA SERVIDOR PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/912/912_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONTRATAÇÃO DE HORAS MÁQUINAS PARA MANUTENÇÃO DAS ESTRADAS DE LAVOURA DA ZONA RURAL.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/913/913_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM LOCAIS QUE MENCIONA.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Helinho Mendonça, IVAN CAETANO, ROBERTO BOB, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/914/914_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RETORNO DE PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/915/915_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CORRIMÃO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/916/916_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE TELA E TAMPAS DE CAIXA D'ÁGUA.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/917/917_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ACADEMIA DA SAÚDE, BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>ROBERTO BOB</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/918/918_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA POSSIBILIDADE DE ELABORAR OU ADEQUAR PLANOS DE CARREIRA E  REVISÃO DE SALÁRIOS DOS AGENTES EPIDEMIOLÓGICOS.                                                                                                </t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/919/919_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REESTRUTURAÇÃO DE ESCADÃO NA RUA DURANDÉ.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/920/920_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE BUEIRO INTELIGENTE.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/921/921_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APRESENTAÇÃO DE PROJETO DE LEI QUE MENCIONA.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/922/922_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CUSTEIO DE TRANSPORTE PARA UNIVERSITÁRIOS.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/923/923_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REESTRUTURAÇÃO NO TREVO DA JK.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Dário Veiga, Dalbino Cler, IVAN CAETANO, JOÃO DA CASA FRANCO, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/924/924_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA JK.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Benísio Enfermeiro, Dalbino Cler, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/925/925_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA FUNCIONAMENTO DA FARMÁCIA MUNICIPAL NOS FERIADOS E NOS FINS DE SEMANA. </t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Benísio Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/926/926_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REESTRUTURAÇÃO NO FINAL DA RUA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/927/927_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ORATÓRIO NA PRAÇA HELIO PIRES.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/928/928_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE UM TREVO NO CGO. CAATINGA.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/929/929_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PARQUINHO NA PRAÇA PE. JULIO MARIA</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>JOÃO DA CASA FRANCO, Dalbino Cler, Dário Veiga, Helinho Mendonça, IVAN CAETANO, ROBERTO BOB, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/930/930_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM FRENTE AS ESCOLAS RURAIS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/931/931_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA PÇ. GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/932/932_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MUDANÇA DE PONTO DE TÁXI.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/933/933_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROIBIÇÃO DE ESTACIONAMENTO EM LOCAL QUE MENCIONA. </t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/934/934_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A RUA HORFANO GANZAGA, BAIRRO CIDADE JARDIM.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/935/935_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REESTRUTURAÇÃO NO TRÂNSITO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/936/936_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA PROVIDÊNCIAS PARA O ÔNIBUS CIRCULAR.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/937/937_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AGENDAMENTO DE CONSULTA PARA RECÉM NASCIDO. </t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/938/938_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AQUISIÇÃO DE APARELHO DE TV PARA RODOVIÁRIA. </t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/939/939_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA PROVIDÊNCIAS PARA A RUA ROQUE PORCARO JÚNIOR. </t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/940/940_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA POSTE DE ILUMINAÇÃO PÚBLICA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/941/941_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SINALIZAÇÃO E REDUTOR DE VELOCIDADE NA AV. JK.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/942/942_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROCÍNIO DA PMM PARA A COPA RIO MINAS DE MOTOCROSS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/943/943_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE VEÍCULO PARA O CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/944/944_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RESTAURAÇÃO DE ESCADARIA (VILA RICA AO BAIRRO DA PENHA).</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/945/945_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COBERTURA EM POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Helinho Mendonça, Dalbino Cler, Dário Veiga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/946/946_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA NOVO PLANO DE CARGOS E SALÁRIOS PARA OS SERVIDORES PÚBLICOS DA PREFEITURA.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/947/947_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM LOGRADOURO PÚBLICO (R. FREI FRANCISCO).</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/948/948_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO DA CONSTRUÇÃO DE CAPELA VELÓRIO DO BAIRRO CAMPESTRE.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Helinho Mendonça, Dário Veiga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/949/949_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DA CASA DOS CONSELHOS DO MUNICÍPIO DE MANHUMIRIM</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/950/950_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTITUIÇÃO DE DIÁRIAS PARA OS MEMBROS DOS CONSELHOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>IVAN CAETANO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/951/951_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA RAIA DE MALHA NA RUA SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/952/952_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BENFEITORIAS NA RUA OTÁVIO ANTÔNIO LEMOS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/953/953_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO E COBERTURA NA MINA D'ÁGUA SITUADA NA RUA DOMINGOS DESTRO.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>JOÃO DA CASA FRANCO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/954/954_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO PARA A RUA RAGOZINO RODRIGUES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/955/955_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE FAIXA DE PEDESTRES NA AV JK.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>SÉRGIO BOREL, Dalbino Cler, Dário Veiga, Dr. Rodrigo Soares, IVAN CAETANO, JOÃO DA CASA FRANCO, ROBERTO BOB</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/956/956_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE PEDESTRES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>INDICA RESTAURAÇÃO DA FACHADA DO SEMINÁRIO APOSTÓLICO PIO XI.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/958/958_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NO RIO.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/959/959_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PLACAS INDICATIVAS.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/960/960_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REFORMA NA PASSARELA NA RUA SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/961/961_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CANIL NA APA DA VENTANIA.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/962/962_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONVÊNIO COM ASSOCIAÇÃO PROTETORA DOS ANIMAIS</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/963/963_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE NA MG-111</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/964/964_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE PONTE SOBRE O CÓRREGO JOSÉ PEDRO. </t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/965/965_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDÊNCIAS DA POLICLÍNICA MUNICIPAL </t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/966/966_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AMPLIAÇÃO DE COBERTURA NO GINÁSIO POLIESPORTIVO PÚBLIO NOLASCO, PARA CONTRIBUIR COM O PROJETO EDUCACIONAL EXISTENTE.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/967/967_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE GUARITA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/968/968_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONTRATAÇÃO DE ESPECIALISTA EM CANAL.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/969/969_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COBERTURA E REFORMA PARA A ESCOLA MUNICIPAL PADRE JÚLIO MARIA, NO CÓRREGO DO OURO.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/970/970_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENVIO DE PROJETO DE LEI ALTERANDO DIÁRIA DE SERVIDORES DA PMM.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>INDICA ESTUDO PARA AUMENTO DO NÚMERO DE PROCEDIMENTOS E CONSULTAS.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/972/972_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ALAMBRADO E TELA DE COBERTURA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/973/973_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CORRIMÃO NO BAIRRO NOSSA SENHORA DE LOURDES.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/974/974_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NIVELAMENTO DE CALÇAMENTO R. NOVO HORIZONTE &amp;#8211; SANTA RITA.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/975/975_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COBERTURA PARA OS PONTOS DE TÁXI.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/976/976_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DO ASFALTO DA RUA ORLANDINO DESTRO MARONNI.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/977/977_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BENFEITORIAS NO BAIRRO ISIDORO.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/978/978_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE HIDRANTE EM MANHUMIRIM.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DO SENHOR JUVENAL DE ALMEIDA GUIMARÃES.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTAÇÃO DE REPÚDIO.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DO SOLDADO JOSÉ PAULO RODRIGUES.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA REPÚDIO CONTRA O ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATUALA WADSON MOTTA E SILVA.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DO SENHOR MARLON ALBUQUERQUE.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DO SENHOR JOSÉ DE DEUS CAMPOS.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DA SENHORA MARISTELA SANGLARD SILVEIRA.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O DOUTOR SAVELE XAVIER DE BARROS.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DO EXMO. DEPUTADO &amp;#8211; ZÉ HENRIQUE.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DA SENHORA KÊNIA GOMES PEREIRA VIEIRA.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>SÉRGIO BOREL, JOÃO DA CASA FRANCO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA REPÚDIO AO MINISTÉRIO DA EDUCAÇÃO PELO FIM DAS APAES.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR CÉLIO BARBOSA.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PESAR PELO FALECIMENTO DA JOVEM FERNANDA ALVES FONSECA HOTT.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA PE. DEMERVAL ALVES BOTELHO.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A ESCOLA SANTA TEREZINHA PELO RESULTADO DO ENEM.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A LOJA ARLM FÉ, ESPERANÇA E CARIDADE &amp;#8211; N.º 175 &amp;#8211; GLMERJ - CMSB.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>DARCI MARIA BRAGA DA CRUZ</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AOS ANEXOS I, III E IV DA LEI COMPLEMENTAR N. 1.131 DE 23 DE FEVEREIRO DE 1.999, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOUROS NO RESIDENCIAL JARDINS</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE ÁREA DE ESPORTES &amp;#8211; ANITA DA PENHA OLIVEIRA</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOTEAMENTO RECANTO DAS PALMEIRAS</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA FISCAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE ÁREA MÍNIMA PARA DESMEMBRAMENTO DE IMÓVEL URBANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE REGRAS PARA A CONTRATAÇÃO DE PESSOAL POR PRAZO DETERMINADO, COMO PREVISTA NO ART.109 E PARÁGRAFO ÚNICO DA LEI ORGÂNICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MANHUMIRIM A CELEBRAR CONVÊNIO COM O HOSPITAL PE. JULIO MARIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MANHUMIRIM A CELEBRAR CONVÊNIO COM O ESTADO DE MINAS GERAIS POR INTERMÉDIO DA POLICIA MILITAR DO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA NO LOTEAMENTO RECANTO DAS PALMEIRAS</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/986/986_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DO PROJETO DE LEI COMPLEMENTAR Nº 001.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/987/987_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE ATA DA ÚLTIMA REUNIÃO DO CONSELHO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/988/988_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PLANILHAS DE SERVIÇOS OFERTADOS PELO HOSPITAL PE. JÚLIO MARIA.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/989/989_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CARGOS COMISSIONADOS SAAE.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/990/990_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER FOLHA DE PAGAMENTO DA PREFEITURA._x000D_
 </t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/991/991_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER LISTAGEM DE VEÍCULOS PERTENCENTES AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/992/992_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROCESSO SELETIVO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/993/993_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO MUNICIPAL SOBRE SIACE/LRF.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/994/994_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE ÁUDIO DE REUNIÃO.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/995/995_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PRESTAÇÃO DE CONTAS TRIMESTRAL DA PMM.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/996/996_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REITERAÇÃO DE REQUERIMENTOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/997/997_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS DA MESA DIRETORA - CÓPIA DE ÁUDIO DE REUNIÃO.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/998/998_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA CESSÃO DO POLIESPORTIVO (GINÁSIO PÚBLIO NOLASCO).</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Dário Veiga</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/999/999_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DO ART. 97 PARÁGRAFO ÚNICO DA LOM.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DO ART. 75 INCISO XVIII DA LOM.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS DO EXECUTIVO (MURO).</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DO ART. 293 DA LOM.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONTINUIDADE PAGAMENTO DE FGTS.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE FISCALIZAÇÃO DE CONSTRUÇÕES E CUMPRIMENTO DA LEI MUNICIPAL N. 1.268/04.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DAS LEIS MUNICIPAIS 976 E 979 DE 1994.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER APLICAÇÃO DA LEI MUNICIPAL 1.522/11.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO, Dalbino Cler, Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE ADVOGADO PARA COMISSÕES PERMANENTES.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PAGAMENTO AOS FORNECEDORES DE MERENDA ESCOLAR (PRODUTORES RURAIS).</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Dalbino Cler, ROBERTO BOB, SEBASTIÃO TRISTÃO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS CABÍVEIS DO PRESIDENTE DA CÂMARA PARA INSTAURAÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO (CPI) PARA FISCALIZAÇÃO DOS CONTRATOS ASSINADOS PELA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER VOTAÇÃO DE PROJETO DE LEI N. 12/2013.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PORTARIA Nº176/13.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REVOGAÇÃO DO ARTIGO 8º-A, DA LEI MUNICIPAL N.º 1.131.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CARGA DE TODO PROCESSO DA LEI COMPLEMENTAR N. 013/11.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REVOGAÇÃO DO INCISOS DO ART. 2º E ART. 3º DA LEI COMPLEMENTAR 018/2013.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER POSOLOGIA NOS MEDICAMENTOS.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DO FESTIVAL DE INVERNO.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE DEDETIZAÇÃO NO CAPS.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>IVAN CAETANO, Dalbino Cler, JOÃO DA CASA FRANCO</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CONVÊNIOS DA COOPERATIVA AGUAPÉ.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS SOBRE O LIXO ESPALHADO NO ACOSTAMENTO DA RODOVIA ATÉ A ENTRADA DA USINA DE RECICLAGEM.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA M. SAÚDE - TRANSPORTE PACIENTES</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DO CUMPRIMENTO DE CARGA HORÁRIA DE TODOS OS SERVIDORES DA POLICLÍNICA DR. RUSTON LOUBACK.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS DECRETOS DE NOMEAÇÕES E EXONERAÇÕES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES DO EXECUTIVO MUNICIPAL SOBRE PUBLICAÇÕES_x000D_
 </t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>Dalbino Cler, Dr. Rodrigo Soares, ROBERTO BOB, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONVOCAÇÃO REUNIÃO EXTRAORDINÁRIA PARA LEITURA DO PARECER.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA TRATAR DE ASSUNTOS REFERENTES AO TRÂNSITO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ENCAMINHAMENTO RELATÓRIO CPI PARA O MINISTÉRIO PÚBLICO</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AUDITORIA NAS CONTAS DA PREFEITURA NA GESTÃO 2005 / 2012.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS DO EXECUTIVO (CONFORME DOCUMENTOS EM ANEXO).</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS DO EXECUTIVO MUNICIPAL EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler, Dário Veiga, Dr. Rodrigo Soares, Helinho Mendonça, JOÃO DA CASA FRANCO, SEBASTIÃO TRISTÃO, SÉRGIO BOREL</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS DO EXECUTIVO ACERCA DO TRANSPORTE DE ALUNOS E PACIENTES.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DA FALTA DO MEDICAMENTO INSULINA NOS PSF E NA FARMÁCIA DE MINAS.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUADRO DESCRIÇÃO POR FUNÇÃO DESCRIÇÃO DE GOVERNO REFERENTE À DESPESA REALIZADA</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO CUMPRA O PARÁGRAFO ÚNICO DO ARTIGO 6º DA LOM.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO, Benísio Enfermeiro, Dalbino Cler</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM INFORMAÇÕES ACERCA DA FOLHA DE PAGAMENTO E OUTROS</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DOS CARROS TERCEIRIZADOS E OUTROS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3188,67 +3188,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1037/1037_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2013/1037/1037_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="149" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="189.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>