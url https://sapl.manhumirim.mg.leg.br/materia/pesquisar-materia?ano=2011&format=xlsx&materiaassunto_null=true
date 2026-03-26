--- v0 (2025-12-19)
+++ v1 (2026-03-26)
@@ -54,2819 +54,2819 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O PSF DO CÓRREGO DOS GRACIANO</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AVALIAÇÃO DO TRÂNSITO NA AV. PADRE JÚLIO MARIA</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ana Paula</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ÁREA DE LAZER PARA O BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA BENEDITO VALADARES</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA AS ESTRADAS DA ZONA RURAL DE MANHUMIRIM</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL E REFORMA CALÇAMENTO BAIRRO ROQUE</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ACESSO NOS PASSEIOS PÚBLICOS AOS DEFICIENTES FÍSICOS</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA REMANEJAMENTO DA ILUMINAÇÃO DA AV. LAURO CÉLIO</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE UNIFORMES PARA TODAS AS ÁREAS DA PREFEITURA</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE NOVA PONTE EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BALAÚSTRE PARA O BAIRRO NOSSA SENHORA DA PENHA</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAPTAÇÃO DE REDE PLUVIAL QUE MENCIONA</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ana Paula, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst, Vovô da Ótica, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PONTO FIXO PARA CARROCEIROS</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA O CEMITÉRIO</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA RUA SUELY DAMASCENO</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA RUA DOMINGOS DESTRO</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA PRAÇA COM PISTA DE CAMINHADA NO BAIRRO VILA VERDE </t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA NO BAIRRO ROQUE</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE TRAVESSIAS DE PEDESTRES EM TODAS AS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA IMPLANTAÇÃO DE ATENDIMENTO ODONTOLÓGICO E DISPONIBILIZAÇÃO DE UM VEÍCULO NO PSF GRACIANO</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS SOBRE A VIABILIDADE DE SE CONSTRUIR ÁREA DE LAZER NA ESCOLA DO CÓRREGO PIRAPETINGA</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE QUADRA DE ESPORTES NO CÓRREGO PIRAPETINGA</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE POSTO DE SAÚDE PARA O BAIRRO NOSSA SENHORA DE LOURDES</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Xandinho, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS A RUA VILA ISABEL</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CORRIMÃO PARA RUA DURANDÉ</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE TODOS OS BAIRROS, FORMADO EM MUTIRÃO</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA VILA MANOEL FURTADO DA ROSA</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA PE. JÉSUS M. RESENDE</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO CALÇAMENTO RUA 7 SETEMBRO</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CANALIZAÇÃO DE CÓRREGO DO BAIRRO ISIDORO</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PISTA DE CAMINHADA ÀS MARGENS DA MG-111</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Júlio Horst, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REFORMA DO ESCADÃO NO MORRO DA PENHA</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA PROJETADA NO BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DEMARCAÇÃO EM PONTOS DE TÁXI</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLEMENTO DE REDE ELÉTRICA RUA FREI FRANCISCO</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA MARIANA MEDEIROS</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE BOCA DE LOBO POR TODA CIDADE</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NO ACESSO À PASSARELA QUE MENCIONA</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE POÇO ARTESIANO</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ABERTURA DE RUA ENTRE OS BAIRROS VIDAL SOARES E MANGUEIRAS</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE TRAVESSIA DE PEDESTRES EM TRÊS LOCALIDADES QUE MENCIONA</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE SEMÁFORO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO E MANILHAMENTO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLANTÃO PARA FARMÁCIA DE POLICLÍNICA</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALTERAÇÃO CARGA HORÁRIA DOS SERVIDORES DA SAÚDE</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA MELHORIAS NO ABASTECIMENTO DE ÁGUA NOS BAIRROS VILA RICA E CAMPESTRE </t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CALÇADA COM GRADE EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA ALAMEDA DOS COQUEIROS/LOTEAMENTO VIVENDA VILA VERDE</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O ENCONTRO DAS RUAS BERNARDINO CORRÊA E EURIDES SILVA NASCIMENTO</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA VISITA DO EXMO. PREFEITO A ZONA RURAL</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO EM TRECHO DA MG-111</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CAPELA NO CEMITÉRIO LOCAL</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MARCO ZERO EM MANHUMIRIM (REAPRESENTA INDICAÇÃO 166/09)</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Dr. Rodrigo Soares, Emily Bracks, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE E FAIXA DE PEDESTRE</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DA RODOVIÁRIA</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE FAIXAS DE PEDESTRE</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ROTATÓRIA EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALARGAMENTO DE PONTE &amp;#8211; CABECEIRA PIRAPETINGA</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MEDICAMENTOS PARA SECRETARIA SAÚDE</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇADA NA AVENIDA AGENOR CARLOS WERNER</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA VISTORIA NO CALÇAMENTO DA RUA NUNES DA ROSA </t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DO NASF</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Emily Bracks, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE MEIO FIO NA RUA FREI AFONSO </t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SUBSTITUIÇÃO DE ÁRVORES EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PRAÇA NA RUA FRANCISCO MELO SOBRINHO</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE BUEIRO</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO PARA CANALIZAÇÃO E CONSTRUÇÃO DE BICA D&amp;#8217;ÁGUA</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Helinho Mendonça, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CALÇADA COM CORRIMÃO NA RUA DAS MANGUEIRAS E REVITALIZAÇÃO DA RUA ODAIR PINHEIRO</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PRAÇA PARA A RUA FRANCISCO MELO SOBRINHO</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BALAÚSTRES PARA A RUA PIRAPETINGA</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO DO TRÂNSITO NO BAIRRO MORADA NOVA</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDE DE ÁGUA NO BAIRRO VILA VERDE</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NOS BAIRROS SANTO ANTÔNIO E SÃO VICENTE</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>INDICA ESTUDO REFORMA DA CALÇADA E PODA DE ÁRVORES EM FRENTE A AGÊNCIA DOS CORREIOS</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MUTIRÃO DE LIMPEZA NAS RUAS DA CIDADE</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Emily Bracks</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BALAUSTRES NA RUA DIAMANTE, BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NA RUA JOÃO HUBNER FRANÇA</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE NOTEBOOKS PARA REDE MUNICIPAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM VILAS QUE MENCIONA</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO A ESTRADA QUE DÁ ACESSO À ECO TERAPIA</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PRAÇA NO BAIRRO CAMPESTRE</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANILHAMENTO NA VILA FAZOLO</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA ENTRADA DO BAIRRO CAMPESTRE E D.O.P.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE FAIXA DE PEDESTRE NA AV. TEÓFILO TOSTES</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE 20 METROS DE MURO COM BALAÚSTRE NA RUA BENEDITO JUSTINO</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ESTRUTURA PARA OS PSFS QUE MENCIONA</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE QUEBRA-MOLAS</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORAMENTOS PARA O LOTEAMENTO LEMOS, BAIRRO NOSSA SENHORA APARECIDA</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Helinho Mendonça, Ana Paula, Dr. Rodrigo Soares, Emily Bracks, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst, Vovô da Ótica, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE COMPUTADORES NOT BOOK PARA OS PROFESSORES E ALUNOS DA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APOIO DO EXECUTIVO MUNICIPAL NA AQUISIÇÃO DE MATERIAIS PARA COMBATE A INCÊNDIOS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA CALÇAMENTO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DA PASSARELA DA RUA JOÃO HUBNER FRANÇA</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RESTRIÇÃO DE TRÂNSITO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RETIRADA DA ROTATÓRIA  RUA ANTÔNIO CARLOS</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA E CANALIZAÇÃO DO CÓRREGO DO BAIRRO DE LOURDES</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO MURO CONTENÇÃO RUA CAPUCHINHA Nº 289</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA ACESSO PARA A RUA ROSA FAZOLO </t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROTEÇÃO COM GRADE AO PLAYGROUND PRAÇA PE JÚLIO MARIA</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA RUA EUCLIDES DA CUNHA, BAIRRO DE LOURDES</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BALAÚSTRES PARA RUA PIRAPETINGA</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Ana Paula, Emily Bracks, Marinelsi Horst, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE BALAÚSTRE NA RUA SANTA LUZIA</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECONSTRUÇÃO DE CALÇADA EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALARGAMENTO DAS CALÇADAS DA AV. TÉOFILO TOSTES</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO NO FINAL DA RUA 1º DE MAIO, BAIRRO ISIDORO</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE MURO À RUA BATALHA NETO, 55</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BICA D&amp;#8217;ÁGUA NO TREVO MÇÚ/MARTINS SOARES</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APRESENTAÇÃO DE PROJETO DE LEI DE ANISTIA DE ENCARGOS DE MULTAS AOS CONTRIBUINTES</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROPOSTA DE PARCERIA PÚBLICO/PRIVADA CALÇADA CLUBE CAMPESTRE</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUEBRA MOLAS NAS RUAS PRÓXIMAS À PRAÇA GETÚLIO VARGAS</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLACA DE ESTACIONAMENTO PROIBIDO EM FRENTE AO HOSPITAL PE. JÚLIO MARIA</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA PROJETADA &amp;#8211; PRÓXIMA AOS CORREIOS</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APRESENTAÇÃO DE PROJETO DE LEI</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/305/305_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CAPELA VELÓRIO NO BAIRRO CAMPESTRE</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA VISTORIA NOS BUEIROS E SAÍDAS DE ÁGUA DAS ESTRADAS DA ZONA RURAL</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SUBSTITUIÇÃO MANILHAS DO BUEIRO RUA TEÓFILO TOSTES 432</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE UMA CAPELA DE VELÓRIO NO CEMITÉRIO</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PÓLO E CONVÊNIO COM UNIVERSIDADE FEDERAL</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE MURO PRÓXIMO À RUA MAJOR LOPES 412</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE MURO NA RUA FREI VICENTE NUNES 73</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DISPONIBILIZAÇÃO DE MURO PARA A PRÁTICA DO GRAFITISMO</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PLACAS INDICATIVAS EM PONTOS ESTRATÉGICOS NA CIDADE</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE UMA CALÇADA COM BALAUSTRE NA RUA JORGE CAETANO DOS SANTOS, BAIRRO NOSSA SENHORA LOURDES</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA PRAÇA PADRE JULIO MARIA</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CANALIZAÇÃO DE CÓRREGO NA RUA MANOEL BARBOSA</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO ESTRADA CÓRREGO LESSA, DEPOIS DA ALAIR JOSE DIAS</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Emily Bracks, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE MURO DE CONTENSÃO À RUA FREI AFONSO, 73</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Emily Bracks, Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TROCA URGENTE DOS BANCOS DA PRAÇA GETÚLIO VARGAS, CENTRO</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NO BAIRRO NOSSA SRª. APARECIDA</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CANALIZAÇÃO ÁGUA PLUVIAL NA JACINTO A SILVA E RUA NICOLAU BRACKS</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA RUA QUE MENCIONA</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUEBRA-MOLAS PARA A RUA JOÃO H. FRANÇA</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA OBRA DE TAPA-BURACO NA RUA JOÃO HUBNER FRANÇA</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA OBRAS E TRANSFERÊNCIA PARA A BIBLIOTECA MUNICIPAL</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>13401</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PLACAS DE TRÂNSITO</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O JORNAL BOCA DO POVO</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O BLOCO MULA ATÔMICA</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O ALUER BAPTISTA FREIRE JÚNIOR</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>CONGRATULA A DIRETORIA ATUAL DA APAC MANHUMIRIM</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. CLAYTON FERNANDES BATISTA</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. CLAUDIO COTRIM</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>APÓIA A GREVE DO SINDICATO DA POLÍCIA CIVIL DE MINAS GERAIS</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. GERSON GARCIA</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. ODILON PEDRO EMERICK</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. JOSÉ DA SILVA</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. CAETANO DA MATA FLORA</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. VALTECIR PORTES MIRANDA</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A SRA. MANOELDINA PATRÍCIO PINTO</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>Vovô da Ótica, Helinho Mendonça, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O TAXISTA SINVAL SATHLER</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA DR. DANIEL DA SILVA ULHÔA</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>CONGRATULA SR. PAULO ROGÉRIO ANDRADE GOMES</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A SRA. ELI APARECIDA SILVA ASSUMPÇÃO</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O EMPRESÁRIO VICTOR HUGO PONTES RABELO</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O EMPRESÁRIO ADALBERTO BOREL</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O ARTISTA ALEXANDER MAKANAK</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A ORDEM DEMOLAY</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Emily Bracks, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O BRIGADISTA JOSÉ LUIZ GUIMARÃES</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA OS SENHORES MAX JÚNIOR E JUNINHO DO LAVADOR</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR CELSO FURTADO FERREIRA E SUA ESPOSA MARIA MADALENA RODRIGUES FERREIRA</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR GERALDO RODRIGUES DOS REIS</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>RONALDO LOPES CORRÊA</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER EXECUTIVO, DA ADMINISTRAÇÃO DIRETA E INDIRETA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PISTA DE CAMINHADA</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE ESTAÇÃO DE TRATAMENTO DE ÁGUA NO BAIRRO NOSSA SENHORA APARECIDA</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA COM PISTA DE CAMINHADA NA AVENIDA DAS PALMEIRAS DO LOTEAMENTO VIVENDA, BAIRRO NOSSA SENHORA APARECIDA</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA, NO MUNICÍPIO DE MANHUMIRIM, O TRATAMENTO DIFERENCIADO E FAVORECIDO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATA A LEI COMPLEMENTAR FEDERAL N.º 123/2006, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; RUA ORLANDINA DESTRO MARONI</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Vovô da Ótica, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PSF &amp;#8211; ISIDORO &amp;#8211; POSTO OSCAR LIRA PEDROSA</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Xandinho, Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE CRECHE MUNICIPAL &amp;#8211; SILVINA WERNER</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SUBSÍDIOS DOS VEREADORES E PRESIDENTE DA CÂMARA M. MANHUMIRIM</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO DE MANHUMIRIM</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; ALAMEDA DONA ALDA EMERICK DOS REIS</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; TRAVESSA DONA ESTELITA HERONDINA DODÓ</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Helinho Mendonça, JÉSUS AGUIAR, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA FARMÁCIA DE MINAS</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; RUA ELAINE MARTA ESTANISLAU FERNANDES</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; RUA 16 DE MAIO</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; RUA DELFINA VICENTE NASSER</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; PRAÇA WALDEMAR DUTRA</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; PRAÇA LEANDRO DESTRO FRAGA</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SUBSTITUIÇÃO DO USO DE SACO PLÁSTICO DE LIXO E DE SACOLAS PLÁSTICAS POR SACOS DE LIXO E SACOLAS ECOLÓGICAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE CAMPO DE FUTEBOL MUNICIPAL (CAMPO DOS PADRES) QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; CAMPO ABDALA JOSÉ DUAYER</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO AO BANCO DO BRASIL S.A. E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICAM AS EMPRESAS CONSTRUTORAS VENCEDORAS DAS LICITAÇÕES NO MUNICÍPIO DE MANHUMIRIM OBRIGADAS A FIXAREM PLACAS INFORMATIVAS SOBRE A OBRA A SER EXECUTADA</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS &amp;#8211; RUA RAGOZINO RODRIGUES DE OLIVEIRA</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O TRÂNSITO E USO DE BICICLETAS, SKATES, TRICICLOS, PATINETES, PATINS E SIMILARES E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE CENTRO DE ATENÇÃO PSICOSSOCIAL &amp;#8211; CAPS WALDEMAR WALTER BARRETO</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A INSTALAÇÃO E FUNCIONAMENTO DE FEIRAS LIVRES COM PRODUTOS ORIGINÁRIOS DIRETAMENTE DA AGROPECUÁRIA EM MANHUMIRIM, DENOMINADA &amp;#8220;FEIRA LIVRE DOS PRODUTORES RURAIS&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOUROS NO RESIDENCIAL MIRANTE</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE CRECHE MUNICIPAL &amp;#8211; ERVAL DE AZEVEDO MENDES</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE, DE ACORDO COM O § 9º DO ART. 14 DA CONSTITUIÇÃO FEDERAL, CASOS DE INELEGIBILIDADE, PRAZOS DE CESSAÇÃO E DETERMINA OUTRAS PROVIDÊNCIAS, PARA INCLUIR HIPÓTESES DE INELEGIBILIDADE QUE VISAM A PROTEGER A PROBIDADE ADMINISTRATIVA E A MORALIDADE NO EXERCÍCIO DO MANDATO</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO ÚNICO DO ART. 2º; DÁ NOVA REDAÇÃO AO §2º DO ART. 3º; ACRESCE O §3º AO ART. 3º; DÁ DENOMINAÇÃO DE §1º AO PARÁGRAFO ÚNICO DO ART. 4º; ACRESCE §2º AO ART. 4º, AMBOS À LEI Nº 1.317, DE 11.11.2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE CONTORNO RODOVIÁRIO</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE QUADRA DE ESPORTES</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO FUNCIONAMENTO DOS SUPERMERCADOS AOS DOMINGOS E FERIADOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A RECEBER DOAÇÃO, COM ENCARGO, DE IMÓVEL PERTENCENTE A PARTICULAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO &amp;#8211; RUA HÉLIO PONTES RABELO</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOUROS NO RESIDENCIAL JARDINS</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE ACADEMIA DA SAÚDE</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE INSALUBRIDADE</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER VOTAÇÃO DE EMENDA EM PLENÁRIO</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Xandinho, Ana Paula, Dr. Rodrigo Soares, Júlio Horst, Marinelsi Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A MESA DIRETORA ELABORE O PROJETO DE LEI PARA A RECOMPOSIÇÃO DO SUBSÍDIO DOS AGENTES POLÍTICOS DO LEGISLATIVO</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PRESTAÇÃO DE CONTAS DA PREFEITURA</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks, JÉSUS AGUIAR, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DE PAUTA DE REUNIÃO</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ADIAMENTO DA REUNIÃO</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROJETO DE LEI COMPLEMENTAR QUE DISPÕE SOBRE OS CARGOS, CARREIRAS E REMUNERAÇÕES QUE MENCIONA, ALTERA A LEI MUNICIPAL N.º 1.131/99, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE PACIENTES QUE FIZERAM EXAMES DE TOMOGRAFIA COMPUTADORIZADA E RESSONÂNCIA MAGNÉTICA, E OS LOCAIS ONDE FORAM REALIZADOS, ENTRE SETEMBRO E DEZEMBRO DE 2010</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INCLUSÃO DO PROJETO DE LEI COMPLEMENTAR 011/2010 PARA VOTAÇÃO NA REUNIÃO ORDINÁRIA DE 05/05/2011</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DAS CONTAS DA PREFEITURA</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER APRECIAÇÃO EM PLENÁRIO DA EMENDA 03/11 &amp;#8211; PLC 11/10</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE FUNCIONAMENTO DO CRAS</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES REPASSE DE MULTAS DE TRÂNSITO</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE LEGALIZAÇÃO FUNDIÁRIA</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EMPLACAMENTO DO TERMINAL RODOVIÁRIO DE MANHUMIRIM</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ESTUDO DE POSSIBILIDADE DE RECOMPOSIÇÃO SALARIAL PARA OS SERVIDORES DO EXECUTIVO</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O FUNCIONAMENTO DO SISTEMA DE INSPEÇÃO MUNICIPAL - SIM</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA PREFEITURA MUNICIPAL DE MANHUMIRIM SOBRE O CADASTRO DE NOMES DE PRAÇAS</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE QUANTIDADE DE POSTES INSTALADOS NO MUNICÍPIO DE MANHUMIRIM E O MAPEAMENTO DOS MESMOS</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE RELAÇÃO DE NOMES DAS PESSOAS CONVOCADAS E EMPOSSADAS NO CONCURSO PÚBLICO &amp;#8211; EDITAL 001/2008 &amp;#8211; PMM</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA MUNICIPAL DE SAÚDE SOBRE A CARGA HORÁRIA DOS MÉDICOS E OUTROS</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Emily Bracks, Ana Paula, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS PRÉDIO DA CÂMARA COM CORRIMÃO NAS ESCADAS</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DA PREFEITURA MUNICIPAL, SOBRE A PROIBIÇÃO DE MESAS NAS CALÇADAS DOS BARES</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE LEI OU DECRETO MUNICIPAL QUE REGULAMENTA AS DIÁRIAS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER APROVAÇÃO POR ACORDO DE LIDERANÇAS DO PR N. 007/11 DE 11/05/2011</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AUDIÊNCIA PÚBLICA</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE DECRETO MUNICIPAL DA PREFEITURA</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES À PREFEITURA SOBRE PAGAMENTO DE FGTS</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES À CAIXA ECONÔMICA SOBRE PAGAMENTO DE FGTS DA PREFEITURA</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ALTERAÇÃO DA DATA DA REUNIÃO ORDINÁRIA DO DIA 13/10/2011 PARA O DIA 27/10/2011</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA PREFEITURA SOBRE RELAÇÃO DE SERVIDORES QUE TIVERAM DEPÓSITOS DE FGTS NOS ÚLTIMOS 06 MESES</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES À CAIXA ECONÔMICA SOBRE RELAÇÃO DE SERVIDORES QUE TIVERAM DEPÓSITOS DE FGTS NOS ÚLTIMOS 6 MESES</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTOS DIVERSOS</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE CONTRATO FIRMADO ENTRE A PREFEITURA MUNICIPAL E A FUNDAÇÃO BOM JESUS</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A CÂMARA FAÇA A COMPLEMENTAÇÃO DAS DESPESAS QUE NÃO FOREM COBERTAS PELA ALMG NA AUDIÊNCIA PÚBLICA DO DIA 30/11</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PAGAMENTO DE DIÁRIAS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>Vovô da Ótica, Emily Bracks, JÉSUS AGUIAR, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE VENDAS DE MÁQUINAS PATROL</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS PARA REUNIÃO DE 22 DE DEZEMBRO DE 2011</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>SPL</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO Nº 1 AO PROJETO DE LEI Nº 1, DE 3.2.2011 - REAJUSTA OS VENCIMENTOS BÁSICOS DOS SERVIDORES PÚBLICOS, INCLUSIVE INATIVOS, VINCULADOS À PREFEITURA MUNICIPAL, AOS ÓRGÃOS DA ADMINISTRAÇÃO INDIRETA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESPONSABILIDADE PELO PAGAMENTO DE VALORES REFERENTES ÀS MULTAS DE TRÂNSITO DECORRENTES DE INFRAÇÕES COMETIDAS POR SERVIDOR PÚBLICO NO CARGO DE MOTORISTA NA CONDUÇÃO DE VEÍCULO OFICIAL, ATRIBUI RESPONSABILIDADES AOS MOTORISTAS, AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3173,68 +3173,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H254"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>