--- v0 (2025-12-19)
+++ v1 (2026-03-26)
@@ -54,2519 +54,2519 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Helinho Mendonça, Dr. Rodrigo Soares, Emily Bracks, JÉSUS AGUIAR, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/439/439_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O PSF DO CÓRREGO DOS GRACIANO</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/440/440_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS A RUA VILA ISABEL</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/441/441_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A PRAÇA GETÚLIO VARGAS</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/442/442_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PINTURA E REVITALIZAÇÃO DE ESCADA QUE LIGA RUA 7 SETEMBRO (PRÓXIMO Nº 103) À RUA MARIA OLINDA</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/443/443_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CORRIMÃO PARA RUA DURANDÉ</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/444/444_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ASFALTAMENTO EM RUA QUE MENCIONA</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/445/445_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AVALIAÇÃO DO TRÂNSITO NA AV. PADRE JÚLIO MARIA</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ana Paula</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/446/446_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE QUADRA ESPORTIVA E DE LAZER PARA O BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/447/447_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/448/448_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE REDE DE ESGOTO NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/449/449_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/450/450_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ROTATÓRIA EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/451/451_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA AS ESTRADAS DA ZONA RURAL DE MANHUMIRIM</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/452/452_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RETIRADA OU TROCA DE LOCAL, DO LATÃO DE LIXO EM FRENTE À LOJA DA SHIRLEY MARONI</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/453/453_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE E FAIXA DE PEDESTRE</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/454/454_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE FAIXAS DE PEDESTRES EM LOCAIS QUE MENCIONA</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/455/455_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BICA D&amp;#8217;ÁGUA NO BAIRRO MORADA NOVA</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/456/456_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALTERAÇÃO DO PERÍMETRO URBANO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/457/457_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL E REFORMA CALÇAMENTO BAIRRO ROQUE</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/458/458_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ACESSO NOS PASSEIOS PÚBLICOS AOS DEFICIENTES FÍSICOS</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Emily Bracks, Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/459/459_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REMANEJAMENTO DA ILUMINAÇÃO DA AV. LAURO CÉLIO</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/460/460_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE UNIFORMES PARA TODAS AS ÁREAS DA PREFEITURA</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/461/461_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA ELIAS F. SOUZA</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/462/462_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A COMUNIDADE SANTA TEREZINHA</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Emily Bracks, Ana Paula, Dr. Rodrigo Soares, Helinho Mendonça, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst, Vovô da Ótica, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/463/463_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA VALORIZAÇÃO DA ENTRADA DO BAIRRO CAMPESTRE</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/464/464_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COBERTURA PARA OS TAXISTAS DO PONTO DO TREVO</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/465/465_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE GUARITAS EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/466/466_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA AS ESTRADAS RURAIS DOS CÓRREGOS DO OURO E LIMEIRA</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Xandinho, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/467/467_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE GALERIAS NOS BAIRROS ISIDORO E SANTA RITA</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/468/468_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE TODOS OS BAIRROS, FORMADO EM MUTIRÃO</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/469/469_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇADA E COLOCAÇÃO DE CHUVEIRO EM ESCOLA</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Júlio Horst, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/470/470_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NO BAIRRO MANGUEIRAS</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/471/471_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE NOVA PONTE EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/472/472_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLETA DE LIXO NA ZONA RURAL</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/473/473_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VEÍCULO PARA POSTO DE SAÚDE</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/474/474_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA VEÍCULO TRACIONADO PARA A ZONA RURAL</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/475/475_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA VILA MANOEL FURTADO DA ROSA</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Júlio Horst, Emily Bracks, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/476/476_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE PEDESTRE E PASSEIO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/477/477_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLACA DE IDENTIFICAÇÃO DE ESCOLA</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/478/478_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PASSEIO PÚBLICO NA MG - 111</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/479/479_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BALAÚSTRE PARA O BAIRRO NOSSA SENHORA DA PENHA</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/480/480_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CERCADO NA PRAÇA PE. JÚLIO MARIA</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/481/481_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PENA D&amp;#180;ÁGUA E TORNEIRA PARA O PONTO DOS CARROCEIROS NA AVENIDA AGENOR CARLOS WERNER</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/482/482_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PONTE EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/483/483_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTORES DE VELOCIDADE EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/484/484_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE PRÓXIMO AO COLÉGIO ALFREDO LIMA</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/485/485_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA REDUTORES DE VELOCIDADE EM LOCAIS QUE MENCIONA </t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/486/486_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDE PLUVIAL E ESGOTO NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/487/487_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDE PLUVIAL NA AV. JK</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/488/488_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TRANSFERÊNCIA DE FEIRA LIVRE</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/489/489_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA PE. JÉSUS M. RESENDE</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/490/490_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO CALÇAMENTO RUA 7 SETEMBRO</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/491/491_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONVÊNIO SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE E ENTIDADES COMPETENTES</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/492/492_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DA PRAÇA GETÚLIO VARGAS</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/493/493_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DA TRAVESSIA NO BAIRRO VILA RICA</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/494/494_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PONTO FIXO PARA CARROCEIROS</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Vovô da Ótica, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/495/495_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PENA D&amp;#8217;ÁGUA NO ATUAL PONTO DOS CARROCEIROS</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/496/496_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA RUA SUELY DAMASCENO</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/497/497_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CANALIZAÇÃO DE CÓRREGO DO BAIRRO ISIDORO</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/498/498_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL RUA MARIA OLINDA</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/499/499_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PASSEIO RUA OTÁVIO A. LEMOS</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/500/500_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O BAIRRO N. SRª. APARECIDA</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/501/501_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA O CEMITÉRIO</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/502/502_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RAMPA DE ACESSO EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/503/503_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PISTA DE CAMINHADA ÀS MARGENS DA MG-111</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/504/504_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE POÇO ARTESIANO</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/505/505_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REFORMA DO ESCADÃO NO MORRO DA PENHA</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/506/506_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SISTEMA DE CAPTAÇÃO PLUVIAL BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/507/507_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA CALÇAMENTO EM RUA QUE MENCIONA</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/508/508_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/509/509_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA RUA DOMINGOS DESTRO</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/510/510_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA QUE MENCIONA</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/511/511_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/512/512_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA FREI FRANCISCO</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/513/513_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/514/514_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/515/515_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA PROJETADA NO BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/516/516_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROLONGAMENTO NA RUA FREI PAULO, BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/517/517_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA TROPICAL &amp;#8211; BAIRRO VILA RICA</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/518/518_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA ALAMEDA DOS COQUEIROS/LOTEAMENTO VIVENDA VILA VERDE</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/519/519_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE QUEBRA-MOLAS EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Ana Paula, Helinho Mendonça, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/520/520_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NO BAIRRO NOSSA SRª. APARECIDA</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/521/521_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA EM LOTEAMENTO</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/522/522_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO CALÇAMENTO RUA NAMIR GUIMARÃES</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/523/523_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ABERTURA DE RUA ENTRE OS BAIRROS VIDAL SOARES E MANGUEIRAS</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/524/524_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ILUMINAÇÃO EM MINA D&amp;#8217;ÁGUA QUE MENCIONA</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/525/525_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BALAUSTRE RUA NICOLAU BRACKS</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/526/526_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO CALÇAMENTO RUA FREI PAULO</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/527/527_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/528/528_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CERCADO DE TELA EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/529/529_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE MURO R. FREI VICENTE NUNES &amp;#8211; MANGUEIRAS</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/530/530_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A QUADRA DO BAIRRO MORADA NOVA</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/531/531_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PAVIMENTAÇÃO DE PASSEIO NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/532/532_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO Nº 166/2009</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/534/534_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ADEQUAÇÃO AO PSF DOS GRACIANOS</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/533/533_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE NA AVENIDA TEÓFILO TOSTES</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Emily Bracks</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/535/535_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇADA NA RUA JOAQUIM MARTINS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/536/536_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO DE ESTRADA RURAL CGO. LESSA</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/537/537_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO DA INDICAÇÃO Nº 36/09 - REDUTOR DE VELOCIDADE EM FRENTE AO BAR DO AMARELINHO</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/538/538_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALAMBRADO E GRAMAGEM DO CAMPO DE FUTEBOL DO CÓRREGO POÇO FUNDO</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/539/539_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA IMPLANTAÇÃO DE ATENDIMENTO ODONTOLÓGICO NO PSF GRACIANO</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/540/540_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALARGAMENTO DE PONTE &amp;#8211; CABECEIRA PIRAPETINGA</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/541/541_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REPARO EM PASSEIO &amp;#8211; EM FRENTE AO SEMINÁRIO</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/542/542_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DEMARCAÇÃO EM PONTOS DE TÁXI</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/543/543_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLEMENTO DE REDE ELÉTRICA RUA FREI FRANCISCO</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/544/544_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIA EM BAIRROS E RUAS PARA ATENDIMENTO DOS CORREIOS</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/545/545_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA PRAÇA COM PISTA DE CAMINHADA NO BAIRRO VILA VERDE </t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/546/546_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TELA DE PROTEÇÃO EM CORRIMÃO DAS PONTES. (ISIDORO E CALÇADÃO)</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/547/547_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE POSTES NO FINAL DA RUA 1º DE MAIO</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/548/548_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE MANILHAS EM PONTOS DE ESTRADA QUE MENCIONA</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/549/549_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE TELAS DE PROTEÇÃO PARA TRAVESSIA</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/550/550_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECOMPOSIÇÃO DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Emily Bracks, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/568/568_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SOLUÇÃO DE PROBLEMAS RUAS IRMÃ EULINA E FREI AFONSO</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Emily Bracks, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/551/551_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE NOVOS PERCURSOS PARA O TRANSPORTE PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/552/552_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECOLHIMENTO DE ÓLEO DE COZINHA</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/553/553_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA MARIANA MEDEIROS</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/554/554_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE BOCA DE LOBO POR TODA CIDADE</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/555/555_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE TUBULÃO NO CÓRREGO DOS MACHADO</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/556/556_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SALA DE ESPERA NA POLICLÍNICA</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/557/557_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PAVIMENTAÇÃO NAS PORTARIAS DO HOSPITAL</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Vovô da Ótica, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NO FINAL DA RUA MARIA OLINDA</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/559/559_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONCERTO DO CALÇAMENTO DA RUA NAMIR GUIMARÃES</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/560/560_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/561/561_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS EM ÁREA DA RUA SETE SETEMBRO</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/562/562_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA OBRAS DE REFORMA NA RODOVIÁRIA</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/563/563_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE NOVA BOMBA D&amp;#8217;ÁGUA PARA O SAAE</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/564/564_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TOMADA DE PROVIDÊNCIA PARA A FALTA D&amp;#8217;ÁGUA NO BAIRRO VILA VERDE</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/565/565_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FORNECIMENTO DE MÁQUINAS PARA ABERTURA DE ÁREA PARA CONSTRUÇÃO DE IMÓVEIS PARA O PROJETO &amp;#8220;MINHA CASA MINHA VIDA&amp;#8221;</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/566/566_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ARMÁRIOS PARA USINA DE RECICLAGEM DE LIXO</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/567/567_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PONTO DE ILUMINAÇÃO PÚBLICA &amp;#8211; RUA ARISTIDES BRAGA</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/569/569_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O ESGOTO NA RUA MANOEL BARBOSA</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/570/570_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAIXA DE SUGESTÕES PARA AVALIAÇÃO DO PODER PÚBLICO</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/571/571_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA 03 (TRÊS) LATÕES DE LIXO PARA A SUBIDA DO MORRO DO BAIRRO NOSSA SENHORA DA PENHA </t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/572/572_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA 02 REDUTORES DE VELOCIDADE EM LOCAIS QUE MENCIONA</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/573/573_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MURO DE ARRIMO NA RUA JOÃO HUBNER FRANÇA</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/574/574_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PRAÇA NA RUA MANOEL BARBOSA</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/575/575_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA AV. TEÓFILO TOSTES</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/576/576_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SINALIZAÇÃO NA ESCOLA DO CÓRREGO PIRAPETINGA</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/577/577_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL NA AV. JACINTO ANTÔNIO DA SILVA</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/578/578_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO PARA CONSTRUÇÃO DE CAIXAS COLETORAS DE ÁGUA PLUVIAIS NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/579/579_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RETIRADA DE PONTO DE ÔNIBUS NA AVENIDA JK</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/580/580_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COBERTURA PARA PONTO DE ÔNIBUS DA RUA SETE DE SETEMBRO</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/581/581_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COBERTURA EM PONTO DE ÔNIBUS</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/582/582_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA NO BAIRRO ROQUE</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA DE MANHUMIRIM, SOB A PRESIDÊNCIA DO SENHOR LUCIANO LUIZ DA SILVA.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR ALTAIR FERREIRA DA ROCHA.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O EXMO. MINISTRO DO TRABALHO E EMPREGO SR. CARLOS LUPI.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR VANIR ANTÔNIO EMERICK.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SECRETÁRIO MUNICIPAL DE SAÚDE &amp;#8211; PRESIDENTE DO COSEMS MARCO LESTE DO SUL &amp;#8211; GERALDO CÉSAR.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A SRª. ROSEANA DE CASTRO CHAVES.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. ALUÍSIO RODRIGUES CHAVES.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>Helinho Mendonça, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPUDIA AS AÇÕES DO GOVERNO DO ESTADO DE MINAS GERAIS PELO DESCASO DADO AOS PROFESSORES.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t>APÓIA A GREVE DOS PROFESSORES DA REDE ESTADUAL.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A SRª MARIA DAS GRAÇAS BRANDÃO.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA DRª RAQUEL ASSAD FERES.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA EQUIPE DO JEMG.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A LOJA MAÇÔNICA PROPTER HUMANITATEM.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A RADIALISTA ENI APARECIDA.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O BRIGADISTA JOSÉ LUIZ GUIMARÃES.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A ESTUDANTE HARÍCIA DE ALMEIDA SOUZA DE 10 ANOS.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>Helinho Mendonça, Emily Bracks</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA ALFREDO HELENO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>RONALDO LOPES CORRÊA</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/438/438_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CARGOS, CARREIRAS E REMUNERAÇÕES QUE MENCIONA, ALTERA A LEI MUNICIPAL N.º 1.131/99, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/398/398_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PONTE</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/399/399_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE QUADRA</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/400/400_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER EXECUTIVO, DA ADMINISTRAÇÃO DIRETA E INDIRETA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/402/402_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO &amp;#8211; RUA EUCLIDES LEOPOLDINO DE SOUZA</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/403/403_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE QUADRA DE ESPORTES</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/404/404_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1481, QUE RECONHECE COMO DE UTILIDADE PÚBLICA A CASA DA AMIZADE</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/405/405_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/406/406_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REVISÃO DO VENCIMENTO BÁSICO DOS CARGOS DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Helinho Mendonça, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/407/407_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O HORÁRIO DE FUNCIONAMENTO DOS ESTABELECIMENTOS FARMACÊUTICOS, O PLANTÃO EM HORÁRIO NÃO COMERCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/408/408_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO &amp;#8211; RUA JOSÉ FRANCISCO GONÇALVES</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/409/409_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCE O ARTIGO 11-A À LEI MUNICIPAL Nº 1.494, DE 13 DE ABRIL DE 2010 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/410/410_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/411/411_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA SECRETARIA MUNICIPAL DE SAÚDE EM DIVULGAR A LISTAGEM DOS MEDICAMENTOS DISPONÍVEIS NA REDE MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/412/412_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO ADMINISTRADOR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/413/413_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE A UTILIZAÇÃO DA FAIXA DE SEGURANÇA DE PEDESTRES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/414/414_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCE OS ARTIGOS 19-A, 19-B E 19-C À LEI Nº 1.332, DE 26/12/2005 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/415/415_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA E CONSOLIDA A LEGISLAÇÃO DE PROTEÇÃO CONTRA A POLUIÇÃO SONORA NO MUNICÍPIO DE MANHUMIRIM, E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/416/416_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO PÚBLICO DE COLETA SELETIVA DOS RESÍDUOS SECOS DOMICILIARES NA ZONA URBANA DO MUNICÍPIO DE MANHUMIRIM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/417/417_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DISPONIBILIZAR O PORTAL DA TRANSPARÊNCIA NO MUNICÍPIO DE MANHUMIRIM</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/418/418_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/419/419_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 98 E ACRESCE O ART. 104-A A LEI Nº 1.179, DE 29.9.2000 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/420/420_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/421/421_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/422/422_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MANHUMIRIM A PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE VERDE &amp;#8211; CISVERDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/423/423_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPASSE DE VALOR PARA A AMAR &amp;#8211; ASSOCIAÇÃO MANHUMIRIENSE DOS AMIGOS REUNIDOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/424/424_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA DOAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE MANHUMIRIM AO TEMPLO LUSANTO DO AMANHECER, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/425/425_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE A EXECUÇÃO DO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR NO ÂMBITO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/426/426_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/427/427_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/428/428_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/429/429_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/430/430_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 1.448, DE 18 DE DEZEMBRO DE 2008, QUE AUTORIZA O MUNICÍPIO DE MANHUMIRIM A CONTRATAR COM O BANCO DO BRASIL S/A, OPERAÇÃO DE CRÉDITO, NO ÂMBITO DO PROVIAS, COM OUTORGA DE GARANTIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/431/431_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 1.397, DE 24 DE OUTUBRO DE 2007, QUE AUTORIZA O MUNICÍPIO DE MANHUMIRIM A CONTRATAR FINANCIAMENTO COM O BNDES, ATRAVÉS DO BANCO DO BRASIL S/A, NO ÂMBITO DO PROGRAMA CAMINHO DA ESCOLA, COM OUTORGA DE GARANTIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/432/432_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL - BNDES, ATRAVÉS DE INSTITUIÇÃO FINANCEIRA CREDENCIADA, NA QUALIDADE DE MANDATÁRIA, A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/433/433_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE ESPORTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/434/434_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE MANHUMIRIM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/435/435_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/436/436_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS NORMAS DE PROTEÇÃO DO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE MANHUMIRIM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>ALTERA OS LIMITES DO PERÍMETRO URBANO DA SEDE DO MUNICÍPIO DE MANHUMIRIM</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/583/583_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES ACERCA DOS BANCOS PARA A PRAÇA PE. JÚLIO MARIA</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/584/584_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES ACERCA DO CONSUMO DE MARMITEX FEITO PELA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/585/585_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O COSEMS</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR, Júlio Horst, Vovô da Ótica, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/586/586_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO PREFEITO SOBRE GASTOS COM FUNCIONALISMO</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/587/587_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA M. SAÚDE</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>Xandinho, JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/588/588_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA PREFEITURA MUNICIPAL DE MANHUMIRIM</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/589/589_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RETIRADA DO SUBSTITUTIVO 001 AO PL 003/2010</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO SOBRE REDE DE ESGOTO</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/591/591_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO SOBRE ENCARGOS ESPECIAIS, TRANSFERÊNCIA DE FUNDOS</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/592/592_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES QUE O EXECUTIVO MUNICIPAL PROVIDENCIE O PROJETO DE LEI QUE MENCIONA</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>Vovô da Ótica, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/593/593_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUE MENCIONA</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE DENTISTA PARA POSTO DE SAÚDE QUE MENCIONA</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DE CONTRATAÇÃO SERVIDORES PÚBLICOS SEM CONCURSO</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/596/596_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ESCRITURAS DE IMÓVEIS</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>Xandinho, Ana Paula, Júlio Horst, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/597/597_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>SPL</t>
   </si>
   <si>
     <t>Substitutivo de Projeto de Lei</t>
   </si>
   <si>
     <t>Helinho Mendonça, Dr. Rodrigo Soares, Emily Bracks, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/401/401_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCORPORA ABONO PECUNIÁRIO A VENCIMENTO BÁSICO DE SERVIDOR DO QUADRO DO MAGISTÉRIO CONFORME DETERMINA AS LEIS FEDERAIS NÚMEROS 9.424, DE 24 DE DEZEMBRO DE 1996 E 11.494, DE 20 DE JUNHO DE 2007; ALTERA O ART. 2º, I, II E III E SEU §1º, INCLUSIVE O ART. 4º DA LEI MUNICIPAL Nº 1387, DE 2007; REVOGA OS §§1º, 2º E 3º, INCLUSIVE SEU INCISOS I E II, AMBOS DO ART. 4º, TAMBÉM DA LEI Nº 1.387, DE 2007, CONVALIDA PAGAMENTOS FEITOS COM RECURSOS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2873,67 +2873,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/401/401_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2010/401/401_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>