--- v0 (2025-12-19)
+++ v1 (2026-03-18)
@@ -54,2835 +54,2835 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APRESENTAÇÃO DE PROJETO DE LEI QUE MENCIONA.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA AS ESTRADAS DO POÇO FUNDO.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Helinho Mendonça, Ana Paula, Dr. Rodrigo Soares, Emily Bracks, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst, Vovô da Ótica, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A RUA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE PASSEIO PÚBLICO EM LOCAL QUE MENCIONA. </t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PONTE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Emily Bracks, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE LIXEIRAS EM VÁRIOS PONTOS DA CIDADE.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A RUA GUILHERMINA JUPIRA EMERICK.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A COZINHA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A RUA ANTÔNIO CARLOS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE GUARITAS EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAPTAÇÃO DE ÁGUA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE POSTES ELÉTRICOS EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE FAIXAS DE PEDESTRES EM LOCAIS QUE MENCIONA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ACESSO NOS PASSEIOS PÚBLICOS AOS DEFICIENTES FÍSICOS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA MINA D&amp;#180;ÁGUA NO BAIRRO N. S. DE LOURDES.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula, Helinho Mendonça, JÉSUS AGUIAR, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA AS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO NAS ESTRADAS DO CGO. DA LIMEIRA.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA GALERIA DE ESGOTO.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Ana Paula</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE BALAUSTRES.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDE PLUVIAL E REFORMA CALÇAMENTO BAIRRO ROQUE.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NA RUA DOMINGOS DESTRO.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE BALAÚSTRE.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA QUE MENCIONA.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA FREI FRANCISCO.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DRAGAGEM DE RIO.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CASCALHAMENTO DE PONTOS CRÍTICOS DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Vovô da Ótica, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PONTO FIXO PARA CARROCEIROS.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA PROVIDÊNCIAS PARA O CÓRREGO CAATINGA. </t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE ANTENA DE CAPTAÇÃO DE CELULAR PARA LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REALIZAÇÃO DE COLETA DE LIXO NO LOTEAMENTO SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AMPLIAÇÃO DE PASSEIO PÚBLICO.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTOR DE VELOCIDADE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA REESTRUTURAÇÃO DE BICA D&amp;#8217;ÁGUA.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUTOR DE VELOCIDADE NA RUA NUNES DA ROSA.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA ESTRADA RURAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COBERTURA PARA OS TAXISTAS DO PONTO DO TREVO.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUTOR DE VELOCIDADE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ABERTURA DE PASSEIO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CORRE-MÃO NA AV. VIRGÍLIO RODRIGUES.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/654/654_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO PARA INCENTIVO À CRIAÇÃO E FORMAÇÃO DE SISTEMA DE COOPERATIVISMO NO RAMO DE MALHARIA.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/655/655_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE PONTE INTERLIGANDO A RUA 7 DE SETEMBRO AO BAIRRO SANTA RITA. </t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Emily Bracks</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/656/656_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DO ESCADÃO QUE INTERLIGA A RUA NUNES DA ROSA À RUA CAETANO FLORA.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PODA DE ÁRVORES.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Xandinho, Júlio Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDE PLUVIAL.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO DA RUA JOÃO H. FRANÇA.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CALÇAMENTO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/661/661_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUTOR DE VELOCIDADE PRÓXIMO À ESCOLA PE. GERALDO SILVA.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/662/662_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSPORTE ESCOLAR PARA O CÓRREGO DOS TAVARES.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLETA DE LIXO NA ZONA RURAL</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA BUEIRO PARA A RUA ELIAS MUSSI.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FLUORETAÇÃO NA ÁGUA.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO PARA CONSTRUÇÃO DE PRAÇA (TREVO)</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS O TRANSPORTE ESCOLAR QUE MENCIONA.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA OS ESTACIONAMENTOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA RUA QUE MENCIONA.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VEÍCULO PARA POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA O ABASTECIMENTO D&amp;#180;ÁGUA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE CÓRREGO.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APRESENTAÇÃO DE PROJETO DE LEI COMPLEMENTAR.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONCLUSÃO DE OBRA QUE MENCIONA.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Helinho Mendonça, Ana Paula, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO NO BAIRRO NOSSA SRª. APARECIDA.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DE PRAÇA.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CANALIZAÇÃO DE REDE DE ESGOTO NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA PONTE QUE MENCIONA.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANILHAMENTO DA AV. JACINTO A. SILVA.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA O CEMITÉRIO.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REMOÇÃO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA EM CÓRREGO QUE MENCIONA.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Júlio Horst, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BICA D&amp;#8217;ÁGUA.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONTINUAÇÃO DE BALAÚSTRE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTORES DE VELOCIDADE EM LOCAIS QUE MENCIONA</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONCLUSÃO DE QUADRA QUE MENCIONA.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE SEMÁFORO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO E LIMPEZA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Emily Bracks, Helinho Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CALÇADA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PASSEIO COM CORRIMÃO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXAS DE PEDESTRES EM LOCAIS QUE MENCIONA.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLACA DE ESTACIONAMENTO PROIBIDO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Vovô da Ótica</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE UNIFORMES PARA DIVERSOS SETORES DA PREFEITURA.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE PLACA PROIBINDO ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA APRESENTAÇÃO DO CÓDIGO DE POSTURAS.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Helinho Mendonça, Dr. Rodrigo Soares, Emily Bracks, JÉSUS AGUIAR, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CORRIMÃO</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REMANEJAMENTO DA ILUMINAÇÃO DA AV. LAURO CÉLIO.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O CAMPO DO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A RUA ELOY UBIRAJARA E RUA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, Júlio Horst, Marinelsi Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE QUADRA NO BAIRRO NOSSA SENHORA DA PENHA.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONTRATAÇÃO DE SERVIÇAIS PARA POSTOS DE SAÚDE.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS JUNTO À EMPRESA ENERGIZA.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A RUA BELO HORIZONTE.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PRAÇA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CALÇADA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NO BAIRRO CAMPESTRE.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS PARA O BANHEIRO PÚBLICO DA PÇA. PE. JÚLIO MARIA.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO DE MURO E CONSTRUÇÃO ESCADA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE NOVA PONTE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CERCADO DE TELA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA DESBASTAMENTO DE BARRANCO E CONSTRUÇÃO DE PASSEIO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TROCA DE CALÇAMENTO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A RUA VILA ISABEL.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTORES DE VELOCIDADE EM LOCAIS QUE MENCIONA.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA POSSIBILIDADE DE MUDANÇA DE TRAJETO DOS ÔNIBUS.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO DE MUDANÇA DE TRÂNSITO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIA NA LIMPEZA PÚBLICA.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA O CALÇADÃO.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE MURO NA DIVISA DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECOLHIMENTO DE LIXO NA ZONA RURAL.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula, Emily Bracks</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PRAÇA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE QUADRA NO CÓRREGO POÇO FUNDO.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Júlio Horst, JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DE RUA EM LOTEAMENTO.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Ana Paula, Emily Bracks, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A VILA BOM FIM.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA ELIAS F. SOUZA.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Marinelsi Horst, Ana Paula, Emily Bracks, JÉSUS AGUIAR, Júlio Horst, Xandinho</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA PROJETADA NO BAIRRO SÃO VICENTE</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROLONGAMENTO NA RUA FREI PAULO, BAIRRO SÃO VICENTE.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA TROPICAL &amp;#8211; BAIRRO VILA RICA</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA ALAMEDA DOS COQUEIROS/LOTEAMENTO VIVENDA VILA VERDE</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Xandinho, Ana Paula, Emily Bracks, JÉSUS AGUIAR, Júlio Horst, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PISTA DE CAMINHADA ÀS MARGENS DA MG-111</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIA PARA A RUA ODAIR PINHEIRO.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAIXA DE CORREIOS COMUNITÁRIA PARA O BAIRRO CAMPESTRE.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MUDANÇA DA CAPTAÇÃO DE ÁGUA DO CÓRREGO DA LIMEIRA.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIA DA ESCADA QUE LIGA A RUA 7 DE SETEMBRO A RUA MARIA OLINDA PRÓXIMO AO HOSPITAL.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Vovô da Ótica, Dr. Rodrigo Soares, Emily Bracks, Helinho Mendonça, JÉSUS AGUIAR</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DO NASF.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA JOÃO JOSÉ DINIZ.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA PALMERINDO R. TRISTÃO.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AMPLIAÇÃO DE PONTE QUE MENCIONA.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PONTE QUE MENCIONA.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA A RUA PIRAPETINGA.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE CESTA PARA COLETA DE LIXO CASEIRO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MIRANTE EM BAIRRO QUE MENCIONA.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PISTA DE SKATE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE PLACA COM NOME DE RUA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NAS BOCAS DE LOBO DA CIDADE</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Emily Bracks, Helinho Mendonça, Júlio Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA O LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE UM GRUPO DE APOIO PARA A SECRETARIA DE OBRAS.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO DE COLOCAÇÃO DE TELA EM BUEIRO</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/758/758_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PISTA DE SKATE EM PRAÇA QUE MENCIONA.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/759/759_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PISTA DE SKATE EM PRAÇA QUE MENCIONA</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO ELÉTRICA PARA O CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTACIONAMENTO DE MOTOCICLETAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE PEDESTRES EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE MARCO ZERO.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A RUA DR. ORBINO WERNER.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDO DE TRÂNSITO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA INSTALAÇÃO DE FAIXA DE PEDESTRE NA AV. PE. JÚLIO MARIA. </t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ADIANTAMENTO DE DEVOLUÇÃO DE RECURSOS À PREFEITURA.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DE CURVA EM LOCAL QUE MENCIONA</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA VILA MANOEL FURTADO DA ROSA</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE CORRIMÃO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO EM ESTRADA QUE MENCIONA</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Emily Bracks, Helinho Mendonça, Marinelsi Horst, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLETORES PLUVIAIS EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AJUDA NA CRIAÇÃO DE COOPERATIVA.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE ROTATÓRIA EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO CALÇAMENTO RUA NAMIR GUIMARÃES.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA PONTE QUE LIGA RUA 7 SETEMBRO AO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AFASTAMENTO DE PORTEIRA NO PSF CÓRREGO GRACIANO. </t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONSTRUÇÃO DE QUADRA ESPORTIVA E DE LAZER PARA O BAIRRO DO ROQUE. </t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AVALIAÇÃO DO TRÂNSITO NA AV. PE. JÚLIO MARIA. </t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A COMUNIDADE SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BUEIRO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAPTAÇÃO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE BANCO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PODA DE ÁRVORES NA RUA BATALHA NETO.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE QUEBRA-MOLAS EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA O LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REMOÇÃO DE BARRANCO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REDUTORES DE VELOCIDADE EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA CAMPO DE FUTEBOL QUE MENCIONA.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTACIONAMENTO PRIVATIVO PARA MOTOS EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE REDUTORES DE VELOCIDADE E PROTETORES EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REMISSÃO DE JUROS DE IPTUS ATRASADOS.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLACA DE CONTRA MÃO EM LOCAL QUE MENCIONA.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AUMENTO DE CALÇADA NA TRAVESSA ALEXANDRE MIRANDA.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE PASSEIO EM PONTE NO CÓRREGO POÇO FUNDO.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/797/797_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FIXAÇÃO DE GRADE NA FONTE DA PÇA. PE. JÚLIO MARIA.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/798/798_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ASFALTO NOS ÚLTIMOS 500 METROS DE ESTRADA NA CHEGADA DO SAGUI.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/799/799_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE ESTACIONAMENTO PRIVATIVO.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/800/800_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DA TRAVESSA 16 DE MARÇO (CALÇADÃO).</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/801/801_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONTROLE DE POMBOS NO PRÉDIO DA RODOVIÁRIA DE MANHUMIRIM.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/802/802_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE CALÇADAS NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA RUA PROJETADA, BAIRRO LOURDES.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA USO DE PATROL EM ESTRADAS RURAIS NA LIMEIRA.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA TÉRMINO CALÇAMENTO RUA ARLINDO VIRGÍLIO.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AVALIAÇÃO DO TRÂNSITO NA AV. PADRE JÚLIO MARIA. </t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA CONTINUAÇÃO DE BALAÚSTRES NA RUA JUQUINHA ALBUQUERQUE. </t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CANALIZAÇÃO DE ESGOTO DA AVENIDA PADRE JÚLIO MARIA ATÉ NA RUA QUINCAS BARBEIRO.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PLACAS DE SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CORRIMÃO PARA ESCADA ENTRE AS RUAS JOAQUIM MARTINS E FERREIRA VENTURA.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RETIRADA DE BARRANCO PARA CONSTRUÇÃO DE ORATÓRIO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA AS DEPENDÊNCIAS DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA FAIXA DE PEDESTRE EM FRENTE AO CAMPO DO GRÊMIO</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS DE SEGURANÇA NA RUA TIRADENTES.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CORRIMÃO PARA RUA DURANDÉ.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. MANOEL JOSÉ MENDONÇA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A ESCOLA ALFREDO LIMA PELOS 80 ANOS.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A IGREJA PRESBITERIANA PELOS 87 ANOS EM MANHUMIRIM E 150 NO BRASIL.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>APÓIA O SENADOR PAULO PAIM (PT &amp;#8211; RS) NO PROJETO DE LEI DO SENADO N.296/03.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. ADÃO GOMES POR SEUS 50 ANOS E INICIATIVA QUE MENCIONA.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A SRª. ROSILAINE FURTADO FONTOURA PELO PROJETO CRAS.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A ESTUDANTE ALINE DE OLIVEIRA MOREIRA PELA SUA APROVAÇÃO NO ITA.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPUDIA A COMPANHIA DE ENERGIA ELÉTRICA ENERGISA.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SÉRGIO D&amp;#180;ALESSANDRO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A 29ª COMPANHIA DA POLÍCIA MILITAR.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O PREFEITO DE MATIPÓ &amp;#8211; MG &amp;#8211; FÁBIO HENRIQUE GARDINGO.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O JUIZ DE DIREITO DR. LUIZ TADEU DIAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SENHOR ADILSON ANDRÉ DE MELO.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O ESTUDANTE ÍTALO AMORIM QUEIROZ PELA SUA APROVAÇÃO EM 4 (QUATRO) UNIVERSIDADES FEDERAIS.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A PROFESSORA DENISE RAMOS DA SILVA CÉZAR.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A PROFESSORA ANA MARIA DE CARVALHO LEITE.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>ANA PAULA DESTRO, Marinelsi Horst</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A POLÍCIA MILITAR SOB O COMANDO DO CAPITÃO ROGÉRIO FERNANDES PEREIRA.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1072/1072_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1072/1072_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O EMPRESÁRIO MAURO VIDAL.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O EMPRESÁRIO EROMYR MENDES RUIZ.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A BIÓLOGA FLÁVIA DIAS HERCOLANO.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O PROFESSOR DE INGLÊS CLÁUDIO JOSÉ MACEDO CAMPOS.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. JOSÉ GERALDO BARBOSA.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>JÉSUS AGUIAR, Emily Bracks, Helinho Mendonça, Vovô da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA A FORÇA VERDE &amp;#8211; ONG GRUPO AMBIENTALISTA DE MANHUMIRIM, NA PESSOA DO SENHOR RALPH SILVEIRA.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. VANIR ANTÔNIO EMERICK.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O SR. ALDENIR BARBOSA.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA O CABO PM SILVINO ONOFRE RAMOS.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULA TODOS OS PROFISSIONAIS DA ESCOLA MUNICIPAL ALAIR JOSÉ DIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3189,67 +3189,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1081/1081_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhumirim.mg.leg.br/media/./sapl/public/materialegislativa/2009/1081/1081_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="113.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>